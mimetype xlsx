--- v0 (2025-11-08)
+++ v1 (2026-01-10)
@@ -12,460 +12,317 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>Trade Topic</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Host Country</t>
   </si>
   <si>
     <t>Venue</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>End Date</t>
   </si>
   <si>
     <t>Activity Type</t>
   </si>
   <si>
     <t>eAR Status</t>
   </si>
   <si>
+    <t>Normes (SPS, OTC)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10773" hreflang="fr"&gt;OMAN- Atelier National sur SPS-TBT&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Omán</t>
+  </si>
+  <si>
+    <t>Muscat</t>
+  </si>
+  <si>
+    <t>05-04-2026</t>
+  </si>
+  <si>
+    <t>mar, 04/07/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>National</t>
+  </si>
+  <si>
+    <t>Division</t>
+  </si>
+  <si>
     <t>Accession</t>
   </si>
   <si>
-    <t>&lt;a href="/fr/node/10708" hreflang="fr"&gt;Atelier national sur l&amp;#039;adhésion de la Guinée Equatoriale à l&amp;#039;OMC &lt;/a&gt;</t>
-[...14 lines deleted...]
-    <t>National</t>
+    <t>&lt;a href="/fr/node/10772" hreflang="fr"&gt;Atelier national sur l&amp;#039;adhésion de l&amp;#039;Azerbaïdjan &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Azerbaïdjan</t>
+  </si>
+  <si>
+    <t>Baku</t>
+  </si>
+  <si>
+    <t>11-02-2026</t>
+  </si>
+  <si>
+    <t>jeu, 02/12/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Budget Section</t>
+  </si>
+  <si>
+    <t>Mesures correctives commerciales</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10758" hreflang="fr"&gt;Atelier national sur les mesures de défense commerciale.&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Brésil</t>
+  </si>
+  <si>
+    <t>Brasilia</t>
+  </si>
+  <si>
+    <t>19-01-2026</t>
+  </si>
+  <si>
+    <t>mer, 01/21/2026 - 00:00</t>
   </si>
   <si>
     <t>Approved</t>
   </si>
   <si>
+    <t>Droits de propriété intellectuelle qui touchent au commerce (ADPIC)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10755" hreflang="fr"&gt;Formations virtuelles de l&amp;#039;OMC sur l&amp;#039;accord ADPIC et la sortie de la catégorie des pays les moins avancés (PMA) de Bangladesh&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>02-03-2026</t>
+  </si>
+  <si>
+    <t>lun, 03/16/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Atelier virtuel - National</t>
+  </si>
+  <si>
+    <t>Transparence</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10756" hreflang="fr"&gt;Atelier national sur les mécanismes de transparence et les notifications&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Kazakhstan</t>
+  </si>
+  <si>
+    <t>Astana</t>
+  </si>
+  <si>
+    <t>24-02-2026</t>
+  </si>
+  <si>
+    <t>jeu, 02/26/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Marchés publics</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10757" hreflang="fr"&gt;Atelier mondial avancé sur l&amp;#039;Accord des Marchés Publics (AMP) 2012&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>WTO</t>
+  </si>
+  <si>
+    <t>20-04-2026</t>
+  </si>
+  <si>
+    <t>ven, 04/24/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Cours thématique</t>
+  </si>
+  <si>
     <t>Multi-sujet</t>
   </si>
   <si>
+    <t>&lt;a href="/fr/node/10749" hreflang="fr"&gt;Programme de Soutien aux Coordinateurs de Groupe (GCSP) - Assistance au coordinateur de groupe dans l&amp;#039;accomplissment des activités liées à la coordination&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>WTO, Geneva</t>
+  </si>
+  <si>
+    <t>12-01-2026</t>
+  </si>
+  <si>
+    <t>ven, 12/18/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Programme de Soutien aux Coordinateurs de Groupe</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10700" hreflang="fr"&gt;Atelier national sur les recours commerciaux auprès de l&amp;#039;OMC&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Sri Lanka</t>
+  </si>
+  <si>
+    <t>Colombo</t>
+  </si>
+  <si>
+    <t>27-01-2026</t>
+  </si>
+  <si>
+    <t>jeu, 01/29/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10732" hreflang="fr"&gt;Programme de stage général de la Chine&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Geneva</t>
+  </si>
+  <si>
+    <t>02-02-2026</t>
+  </si>
+  <si>
+    <t>General Internship Programme</t>
+  </si>
+  <si>
     <t>&lt;a href="/fr/node/10707" hreflang="fr"&gt;Le Programme des Jeunes Professionnels (YPP)&lt;/a&gt;</t>
   </si>
   <si>
-    <t>Suisse</t>
-[...10 lines deleted...]
-  <si>
     <t>Programme des jeunes professionnels</t>
   </si>
   <si>
-    <t>Règlement des différends</t>
-[...131 lines deleted...]
-    <t>19-11-2025</t>
+    <t>&lt;a href="/fr/node/10652" hreflang="fr"&gt;6e dialogue Singapour-OMC sur la politique commerciale concernant le système commercial mondial&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Singapour</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>13-01-2026</t>
+  </si>
+  <si>
+    <t>jeu, 01/15/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Global</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10591" hreflang="fr"&gt;Programme de valorisation des talents des Pays-Bas (NTP)&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>ven, 12/11/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Programme de valorisation des talents des Pays-Bas</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10590" hreflang="fr"&gt;Programme franco-irlandais pour les missions (FIMiP)&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Programme franco-irlandais pour les missions</t>
+  </si>
+  <si>
+    <t>Commerce des services</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10557" hreflang="fr"&gt;Atelier régional pour les pays de l&amp;#039;Afrique francophone sur le commerce des services et le commerce digital. &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Bénin</t>
+  </si>
+  <si>
+    <t>Cotonou</t>
+  </si>
+  <si>
+    <t>13-04-2026</t>
+  </si>
+  <si>
+    <t>ven, 04/17/2026 - 00:00</t>
   </si>
   <si>
     <t>Regional course/Workshop</t>
   </si>
   <si>
-    <t>Licences d&amp;#039;importation</t>
-[...199 lines deleted...]
-    <t>jeu, 12/04/2025 - 00:00</t>
+    <t>&lt;a href="/fr/node/10514" hreflang="fr"&gt;SEMINAIRE NATIONAL DE L&amp;#039;OMC SUR LE COMMERCE DES SERVICES &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Jordanie</t>
+  </si>
+  <si>
+    <t>Amman</t>
+  </si>
+  <si>
+    <t>15-02-2026</t>
+  </si>
+  <si>
+    <t>mer, 02/18/2026 - 00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -772,62 +629,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H27"/>
+  <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H27"/>
+      <selection activeCell="A1" sqref="A1:H16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="80.123" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="253.51" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="239.37" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
@@ -862,674 +719,390 @@
       </c>
       <c r="H2" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" s="1" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D4" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>26</v>
+      </c>
       <c r="E4" s="1" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="D5" s="1"/>
       <c r="E5" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D9" s="1"/>
+        <v>56</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>57</v>
+      </c>
       <c r="E9" s="1" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G10" s="1" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>59</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>63</v>
+        <v>51</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>64</v>
+        <v>52</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>65</v>
+        <v>49</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>66</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>18</v>
+        <v>67</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>19</v>
+        <v>68</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>69</v>
+        <v>49</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>71</v>
+        <v>44</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
       <c r="E13" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="F13" s="1" t="s">
+      <c r="G13" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="G13" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H13" s="1" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>75</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="D14" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H14" s="1" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="B15" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="F15" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D15" s="1" t="s">
+      <c r="G15" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="E15" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H15" s="1" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="D16" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="E16" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="D16" s="1" t="s">
+      <c r="F16" s="1" t="s">
         <v>88</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>15</v>
-[...285 lines deleted...]
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>