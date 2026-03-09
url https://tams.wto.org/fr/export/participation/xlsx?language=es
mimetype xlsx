--- v1 (2026-01-10)
+++ v2 (2026-03-09)
@@ -12,317 +12,447 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>Trade Topic</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Host Country</t>
   </si>
   <si>
     <t>Venue</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>End Date</t>
   </si>
   <si>
     <t>Activity Type</t>
   </si>
   <si>
     <t>eAR Status</t>
   </si>
   <si>
+    <t>Licences d&amp;#039;importation</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10819" hreflang="fr"&gt;Atelier en ligne sur les notifications au titre de l&amp;#039;Accord sur les procédures de licence d&amp;#039;importation pour le Sri Lanka&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Sri Lanka</t>
+  </si>
+  <si>
+    <t>10-03-2026</t>
+  </si>
+  <si>
+    <t>mar, 03/10/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Atelier virtuel - National</t>
+  </si>
+  <si>
+    <t>Division</t>
+  </si>
+  <si>
+    <t>Compétences en matière de négociations commerciales</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10818" hreflang="fr"&gt;Atelier national de l’OMC sur la théorie et les techniques de négociation&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Équateur</t>
+  </si>
+  <si>
+    <t>Quito</t>
+  </si>
+  <si>
+    <t>20-07-2026</t>
+  </si>
+  <si>
+    <t>jeu, 07/23/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>National</t>
+  </si>
+  <si>
+    <t>Ittc Officer</t>
+  </si>
+  <si>
+    <t>Transparence</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10815" hreflang="fr"&gt;ATELIER NATIONAL DE NOTIFICATION DE L&amp;#039;ORGANISATION MONDIALE DU COMMERCE&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Timor-Leste</t>
+  </si>
+  <si>
+    <t>Dili</t>
+  </si>
+  <si>
+    <t>08-06-2026</t>
+  </si>
+  <si>
+    <t>jeu, 06/11/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>TAME(1)</t>
+  </si>
+  <si>
+    <t>Agriculture</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10816" hreflang="fr"&gt;45ème cycle de consultations sur l&amp;#039;aide au développement du coton&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>WTO, Geneva</t>
+  </si>
+  <si>
+    <t>04-05-2026</t>
+  </si>
+  <si>
+    <t>lun, 05/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Regional course/Workshop</t>
+  </si>
+  <si>
+    <t>Approved</t>
+  </si>
+  <si>
     <t>Normes (SPS, OTC)</t>
   </si>
   <si>
-    <t>&lt;a href="/fr/node/10773" hreflang="fr"&gt;OMAN- Atelier National sur SPS-TBT&lt;/a&gt;</t>
+    <t>&lt;a href="/fr/node/10813" hreflang="fr"&gt;Atelier sur l&amp;#039;Accord sur l&amp;#039;application des mesures sanitaires et phytosanitaires (SPS) et l&amp;#039;Accord sur les obstacles techniques au commerce (OTC)&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>27-05-2026</t>
+  </si>
+  <si>
+    <t>ven, 05/29/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10794" hreflang="fr"&gt;Atelier national sur les notifications à l&amp;#039;OMC&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Tanzanie</t>
+  </si>
+  <si>
+    <t>Dodoma, Tanzania</t>
+  </si>
+  <si>
+    <t>21-04-2026</t>
+  </si>
+  <si>
+    <t>ven, 04/24/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Mesures sanitaires et phytosanitaires (SPS)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10812" hreflang="fr"&gt;Atelier thématique du Comité SPS sur la transparence &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>WTO</t>
+  </si>
+  <si>
+    <t>22-06-2026</t>
+  </si>
+  <si>
+    <t>mar, 06/23/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Cours thématique</t>
+  </si>
+  <si>
+    <t>ITTC officer</t>
+  </si>
+  <si>
+    <t>Règlement des différends</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10811" hreflang="fr"&gt;Atelier national sur le règlement des différends &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Pérou</t>
+  </si>
+  <si>
+    <t>Lima</t>
+  </si>
+  <si>
+    <t>23-03-2026</t>
+  </si>
+  <si>
+    <t>mar, 03/24/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Subventions à la pêche</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10808" hreflang="fr"&gt;Atelier de l&amp;#039;OMC sur les subventions à la pêche pour les Membres PMA&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>01-06-2026</t>
+  </si>
+  <si>
+    <t>jeu, 06/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Multi-sujet</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10807" hreflang="fr"&gt;Conférence académique conjointe IRIC / OBREAL Global Observatory, en amont de la 14e Conférence ministérielle de l&amp;#039;OMC&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Cameroun</t>
+  </si>
+  <si>
+    <t>Yaoundé</t>
+  </si>
+  <si>
+    <t>19-03-2026</t>
+  </si>
+  <si>
+    <t>ven, 03/20/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>AT d&amp;#039;autres institutions - Globale</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10805" hreflang="fr"&gt;Cours sur les Éléments clés pour participer au Comité SPS &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>01-10-2026</t>
+  </si>
+  <si>
+    <t>jeu, 11/19/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Droits de propriété intellectuelle qui touchent au commerce (ADPIC)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10775" hreflang="fr"&gt;Atelier sur l&amp;#039;accord relatif aux aspects des droits de propriété intellectuelle qui touchent au commerce (ADPIC) avec un accent sur la graduation des PMAs et les questions de commerce et de santé publique&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Dhaka</t>
+  </si>
+  <si>
+    <t>jeu, 05/07/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10800" hreflang="fr"&gt;Atelier national sur l&amp;#039;accord de l&amp;#039;OMC sur l&amp;#039;agriculture et les négociations agricoles&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Nigéria</t>
+  </si>
+  <si>
+    <t>Abuja</t>
+  </si>
+  <si>
+    <t>ven, 06/26/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Mesures correctives commerciales</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10798" hreflang="fr"&gt;Atelier national sur les les mesures correctives commerciales&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Géorgie</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tbilisi/Virtual </t>
+  </si>
+  <si>
+    <t>16-03-2026</t>
+  </si>
+  <si>
+    <t>mar, 03/17/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10787" hreflang="fr"&gt;ATELIER NATIONAL SUR LES COMPÉTENCES EN MATIÈRE DE NÉGOCIATIONS COMMERCIALES&lt;/a&gt;</t>
   </si>
   <si>
     <t>Omán</t>
   </si>
   <si>
+    <t xml:space="preserve">Muscat </t>
+  </si>
+  <si>
+    <t>19-04-2026</t>
+  </si>
+  <si>
+    <t>mer, 04/22/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10783" hreflang="fr"&gt;Cours d&amp;#039;introduction à la politique commerciale de l&amp;#039;OMC pour les PMA&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>20-04-2026</t>
+  </si>
+  <si>
+    <t>ven, 05/08/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Other global activity</t>
+  </si>
+  <si>
+    <t>Autres questions</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10781" hreflang="fr"&gt;Atelier IFC-OMC sur le financement du commerce - Renforcement des capacités des banques et des PME&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Dar es Salaam</t>
+  </si>
+  <si>
+    <t>11-06-2026</t>
+  </si>
+  <si>
+    <t>ven, 06/12/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10782" hreflang="fr"&gt;Atelier sur la mise en œuvre de l&amp;#039;article 66.2 de l&amp;#039;Accord sur les ADPIC: Incitations pour le Transfert de Technologie vers les PMA&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>jeu, 04/23/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Accession</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10780" hreflang="fr"&gt;14e table ronde de la Chine sur les adhésions à l&amp;#039;OMC - La valeur de l&amp;#039;adhésion à l&amp;#039;OMC dans le système commercial multilatéral&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Yaoundé, Cameroon</t>
+  </si>
+  <si>
+    <t>25-03-2026</t>
+  </si>
+  <si>
+    <t>mer, 03/25/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Global</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10773" hreflang="fr"&gt;Atelier National sur SPS-TBT&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>Muscat</t>
   </si>
   <si>
     <t>05-04-2026</t>
   </si>
   <si>
     <t>mar, 04/07/2026 - 00:00</t>
   </si>
   <si>
-    <t>National</t>
-[...67 lines deleted...]
-  <si>
     <t>&lt;a href="/fr/node/10756" hreflang="fr"&gt;Atelier national sur les mécanismes de transparence et les notifications&lt;/a&gt;</t>
   </si>
   <si>
     <t>Kazakhstan</t>
   </si>
   <si>
     <t>Astana</t>
   </si>
   <si>
-    <t>24-02-2026</t>
-[...2 lines deleted...]
-    <t>jeu, 02/26/2026 - 00:00</t>
+    <t>08-04-2026</t>
+  </si>
+  <si>
+    <t>ven, 04/10/2026 - 00:00</t>
   </si>
   <si>
     <t>Marchés publics</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10757" hreflang="fr"&gt;Atelier mondial avancé sur l&amp;#039;Accord des Marchés Publics (AMP) 2012&lt;/a&gt;</t>
   </si>
   <si>
-    <t>Suisse</t>
-[...95 lines deleted...]
-    <t>Programme franco-irlandais pour les missions</t>
+    <t>&lt;a href="/fr/node/10645" hreflang="fr"&gt;Atelier national sur les exigences de notification de l&amp;#039;OMC&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Dhaka (TBC)</t>
+  </si>
+  <si>
+    <t>27-04-2026</t>
+  </si>
+  <si>
+    <t>jeu, 04/30/2026 - 00:00</t>
   </si>
   <si>
     <t>Commerce des services</t>
   </si>
   <si>
-    <t>&lt;a href="/fr/node/10557" hreflang="fr"&gt;Atelier régional pour les pays de l&amp;#039;Afrique francophone sur le commerce des services et le commerce digital. &lt;/a&gt;</t>
+    <t>&lt;a href="/fr/node/10557" hreflang="fr"&gt;Atelier régional pour les pays de l&amp;#039;Afrique francophone sur le commerce des services et le commerce digital. &lt;br /&gt;
+CET ATELIER EST REPORTÉ - LES NOUVELLES DATES SERONT COMMUNIQUÉES PROCHAINEMENT&lt;/a&gt;</t>
   </si>
   <si>
     <t>Bénin</t>
   </si>
   <si>
     <t>Cotonou</t>
   </si>
   <si>
     <t>13-04-2026</t>
   </si>
   <si>
     <t>ven, 04/17/2026 - 00:00</t>
-  </si>
-[...16 lines deleted...]
-    <t>mer, 02/18/2026 - 00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -629,480 +759,714 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H16"/>
+  <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H16"/>
+      <selection activeCell="A1" sqref="A1:H25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="80.123" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="239.37" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="298.356" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="60.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D2" s="1" t="s">
+      <c r="D2" s="1"/>
+      <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="E2" s="1" t="s">
+      <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="F2" s="1" t="s">
+      <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="G2" s="1" t="s">
+      <c r="H2" s="1" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="C3" s="1" t="s">
+      <c r="D3" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="D3" s="1" t="s">
+      <c r="E3" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="E3" s="1" t="s">
+      <c r="F3" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="F3" s="1" t="s">
+      <c r="G3" s="1" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="D5" s="1"/>
+      <c r="D5" s="1" t="s">
+        <v>33</v>
+      </c>
       <c r="E5" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>41</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="D7" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="D7" s="1" t="s">
+      <c r="E7" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="E7" s="1" t="s">
+      <c r="F7" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="F7" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G7" s="1" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="E8" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="C8" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D8" s="1" t="s">
+      <c r="F8" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="E8" s="1" t="s">
+      <c r="G8" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="F8" s="1" t="s">
+      <c r="H8" s="1" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>55</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>57</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>58</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>59</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" s="1" t="s">
         <v>49</v>
-      </c>
-[...7 lines deleted...]
-        <v>61</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>62</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>51</v>
+        <v>67</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>52</v>
+        <v>68</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>53</v>
+        <v>69</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E12" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>49</v>
+        <v>74</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>44</v>
+        <v>76</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>51</v>
+        <v>77</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>74</v>
+        <v>21</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>51</v>
+        <v>81</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>76</v>
+        <v>21</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>83</v>
+        <v>21</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>77</v>
+        <v>15</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>22</v>
+        <v>37</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H17" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H18" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H19" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H20" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H21" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H22" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H23" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H24" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H25" s="1" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>