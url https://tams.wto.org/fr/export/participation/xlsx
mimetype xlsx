--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -12,565 +12,523 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
   <si>
     <t>Trade Topic</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Host Country</t>
   </si>
   <si>
     <t>Venue</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>End Date</t>
   </si>
   <si>
     <t>Activity Type</t>
   </si>
   <si>
     <t>eAR Status</t>
   </si>
   <si>
+    <t>Règlement des différends</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10698" hreflang="fr"&gt;Cours approfondi sur le règlement des différends à l&amp;#039;OMC &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>01-12-2025</t>
+  </si>
+  <si>
+    <t>ven, 01/23/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Atelier virtuel - Global</t>
+  </si>
+  <si>
+    <t>TAME(1)</t>
+  </si>
+  <si>
     <t>Multi-sujet</t>
   </si>
   <si>
+    <t>&lt;a href="/fr/node/10694" hreflang="fr"&gt;Colloque de la City Law School sur les 30 ans de l’OMC : Entrer dans une nouvelle ère des règles commerciales multilatérales.&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Royaume-Uni</t>
+  </si>
+  <si>
+    <t>London</t>
+  </si>
+  <si>
+    <t>29-10-2025</t>
+  </si>
+  <si>
+    <t>mer, 10/29/2025 - 00:00</t>
+  </si>
+  <si>
+    <t>AT d&amp;#039;autres institutions - Globale</t>
+  </si>
+  <si>
+    <t>Approved</t>
+  </si>
+  <si>
+    <t>Mesures sanitaires et phytosanitaires (SPS)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10691" hreflang="fr"&gt;Atelier national sur l&amp;#039;Accord sur l&amp;#039;application des mesures sanitaires et phytosanitaires (Accord SPS) de l&amp;#039;OMC. &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>San José</t>
+  </si>
+  <si>
+    <t>27-11-2025</t>
+  </si>
+  <si>
+    <t>ven, 11/28/2025 - 00:00</t>
+  </si>
+  <si>
+    <t>National</t>
+  </si>
+  <si>
+    <t>Budget Section</t>
+  </si>
+  <si>
+    <t>Mesures correctives commerciales</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10690" hreflang="fr"&gt;ATELIER SUR LES MESURES COMMERCIALES CORRECTIVES.&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Argentine</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
+    <t>Droits de propriété intellectuelle qui touchent au commerce (ADPIC)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10688" hreflang="fr"&gt;COURS VIRTUEL SUR LE COMMERCE, LA PROPRIÉTÉ INTELLECTUELLE ET LA SANTÉ PUBLIQUE.&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Guatemala</t>
+  </si>
+  <si>
+    <t>04-11-2025</t>
+  </si>
+  <si>
+    <t>jeu, 11/06/2025 - 00:00</t>
+  </si>
+  <si>
+    <t>Atelier virtuel - National</t>
+  </si>
+  <si>
+    <t>Commerce des services</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10685" hreflang="fr"&gt;Atelier national de l&amp;#039;OMC sur les bonnes pratiques réglementaires pour le commerce des services.&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Guyana</t>
+  </si>
+  <si>
+    <t>Georgetown</t>
+  </si>
+  <si>
+    <t>03-11-2025</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10684" hreflang="fr"&gt;ATELIER SUR LES ENQUÊTES EN MATIÈRE DE DÉFENSE COMMERCIALE À L’OMC.&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Uruguay</t>
+  </si>
+  <si>
+    <t>Montevideo</t>
+  </si>
+  <si>
+    <t>mer, 12/03/2025 - 00:00</t>
+  </si>
+  <si>
     <t>&lt;a href="/fr/node/10677" hreflang="fr"&gt;Événement de lancement du PCO à la faculté de droit de l&amp;#039;université Hamad Bin Khalifa&lt;/a&gt;</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>Doha</t>
   </si>
   <si>
     <t>23-11-2025</t>
   </si>
   <si>
     <t>dim, 11/23/2025 - 00:00</t>
   </si>
   <si>
     <t>AT d&amp;#039;autres institutions - Nationale</t>
   </si>
   <si>
-    <t>Approved</t>
+    <t>&lt;a href="/fr/node/10671" hreflang="fr"&gt;XXIV Cours Virtuel Bref de Politique Commerciale pour les Pays Membres de l&amp;#039;Association Latino-Américaine d’Intégration.&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Mode virtuel</t>
+  </si>
+  <si>
+    <t>17-11-2025</t>
+  </si>
+  <si>
+    <t>mar, 11/25/2025 - 00:00</t>
+  </si>
+  <si>
+    <t>Atelier virtuel - Régional</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10670" hreflang="fr"&gt;ATELIER VIRTUEL SUR L&amp;#039;INTELLIGENCE ARTIFICIELLE ET LE COMMERCE INTERNATIONAL POUR LES MEMBRES DE L&amp;#039;ALADI.&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>27-10-2025</t>
+  </si>
+  <si>
+    <t>ven, 10/31/2025 - 00:00</t>
+  </si>
+  <si>
+    <t>Facilitation de l&amp;#039;investissement pour le développement (FID)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10666" hreflang="fr"&gt;ATELIER NATIONAL SUR L&amp;#039;ACCORD DE FACILITATION DES INVESTISSEMENTS POUR LE DEVELOPPEMENT (IFD)&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Arabie saoudite, Royaume dʼ</t>
+  </si>
+  <si>
+    <t>Riyadh</t>
+  </si>
+  <si>
+    <t>11-11-2025</t>
+  </si>
+  <si>
+    <t>mer, 11/12/2025 - 00:00</t>
+  </si>
+  <si>
+    <t>ITTC officer</t>
   </si>
   <si>
     <t>Accès aux marchés pour les marchandises</t>
   </si>
   <si>
-    <t>&lt;a href="/fr/node/10669" hreflang="fr"&gt;ATELIER VIRTUEL SUR DES QUESTIONS RELATIVES À L’ACCÈS AUX MARCHÉS.&lt;/a&gt;</t>
-[...58 lines deleted...]
-  <si>
     <t>&lt;a href="/fr/node/10659" hreflang="fr"&gt;ATELIER NATIONAL POUR LA JAMAÏQUE SUR LA POLITIQUE INDUSTRIELLE ET L’OMC, LES TARIFS DOUANIERS, LES LICENCES D’IMPORTATION ET LES RESTRICTIONS QUANTITATIVES.&lt;/a&gt;</t>
   </si>
   <si>
     <t>Jamaïque</t>
   </si>
   <si>
     <t>Kingston, Jamaica</t>
   </si>
   <si>
     <t>10-11-2025</t>
   </si>
   <si>
     <t>mer, 11/19/2025 - 00:00</t>
   </si>
   <si>
     <t>Agriculture</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10654" hreflang="fr"&gt;44ème cycle de consultations sur l&amp;#039;aide au développement du coton&lt;/a&gt;</t>
   </si>
   <si>
-    <t>Suisse</t>
-[...1 lines deleted...]
-  <si>
     <t>WTO, Geneva</t>
   </si>
   <si>
     <t>19-11-2025</t>
   </si>
   <si>
     <t>Regional course/Workshop</t>
   </si>
   <si>
     <t>Licences d&amp;#039;importation</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10639" hreflang="fr"&gt;Atelier national sur les procédures et notifications de licences d&amp;#039;importation&lt;/a&gt;</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Gaborone</t>
   </si>
   <si>
-    <t>18-11-2025</t>
-[...17 lines deleted...]
-    <t>mer, 10/22/2025 - 00:00</t>
+    <t>25-11-2025</t>
+  </si>
+  <si>
+    <t>jeu, 11/27/2025 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10652" hreflang="fr"&gt;6e dialogue Singapour-OMC sur la politique commerciale concernant le système commercial mondial&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Singapour</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>24-11-2025</t>
+  </si>
+  <si>
+    <t>mer, 11/26/2025 - 00:00</t>
+  </si>
+  <si>
+    <t>Global</t>
+  </si>
+  <si>
+    <t>Ittc Officer</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10650" hreflang="fr"&gt;Atelier technique pour développer des projets prioritaires d&amp;#039;investissement et de coopération technique du C4+ dans la chaîne de valeur coton-textile-vêtement &lt;/a&gt;</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>Bamako</t>
   </si>
   <si>
     <t>mar, 11/11/2025 - 00:00</t>
   </si>
   <si>
-    <t>Budget Section</t>
-[...16 lines deleted...]
-  <si>
     <t>Transparence</t>
   </si>
   <si>
-    <t>&lt;a href="/fr/node/10645" hreflang="fr"&gt;Atelier national sur les exigences de notification de l&amp;#039;OMC&lt;/a&gt;</t>
-[...34 lines deleted...]
-  <si>
     <t>&lt;a href="/fr/node/10643" hreflang="fr"&gt;Atelier national sur les exigences de notification de l&amp;#039;OMC&lt;/a&gt;</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>TBC</t>
   </si>
   <si>
-    <t>04-11-2025</t>
-[...1 lines deleted...]
-  <si>
     <t>ven, 11/07/2025 - 00:00</t>
   </si>
   <si>
     <t>Commerce électronique</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10635" hreflang="fr"&gt;Atelier national sur le commerce électronique&lt;/a&gt;</t>
   </si>
   <si>
     <t>Maurice</t>
   </si>
   <si>
     <t>Port Louis</t>
   </si>
   <si>
     <t>mer, 11/05/2025 - 00:00</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10637" hreflang="fr"&gt;Atelier virtuel sur l&amp;#039;agriculture.&lt;/a&gt;</t>
   </si>
   <si>
     <t>28-10-2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>mer, 10/29/2025 - 00:00</t>
   </si>
   <si>
     <t>Environnement</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10633" hreflang="fr"&gt;Atelier national sur le commerce et les enjeux du changement climatique.&lt;br /&gt;
 &lt;br /&gt;
 &lt;/a&gt;</t>
   </si>
   <si>
     <t>Guatemala City</t>
   </si>
   <si>
+    <t>18-11-2025</t>
+  </si>
+  <si>
+    <t>jeu, 11/20/2025 - 00:00</t>
+  </si>
+  <si>
     <t>&lt;a href="/fr/node/10631" hreflang="fr"&gt;Cours thématique sur le commerce des services pour le développement&lt;/a&gt;</t>
   </si>
   <si>
     <t>WTO</t>
   </si>
   <si>
-    <t>01-12-2025</t>
-[...1 lines deleted...]
-  <si>
     <t>ven, 12/05/2025 - 00:00</t>
   </si>
   <si>
     <t>Cours thématique</t>
   </si>
   <si>
     <t>Statistiques</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10627" hreflang="fr"&gt;AMF- OMC ATELIER RÉGIONAL AMF-WTO SUR L&amp;#039;ANALYSE DE LA POLITIQUE COMMERCIALE POUR LES PAYS ARABES&lt;/a&gt;</t>
   </si>
   <si>
+    <t>Émirats arabes unis</t>
+  </si>
+  <si>
     <t>AMF - Abu Dhabi</t>
   </si>
   <si>
     <t>jeu, 11/13/2025 - 00:00</t>
   </si>
   <si>
     <t>Subventions à la pêche</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10625" hreflang="fr"&gt;ATELIER REGIONAL WTO-IMF-CEF SUR LES SUBVENTIONS A LA PECHE POUR LES PAYS ARABES ET DU MOYEN-ORIENT&lt;/a&gt;</t>
   </si>
   <si>
     <t>Koweït, État du</t>
   </si>
   <si>
     <t>IMF-CEF center</t>
   </si>
   <si>
-    <t>25-11-2025</t>
-[...8 lines deleted...]
-    <t>&lt;a href="/fr/node/10621" hreflang="fr"&gt;MOLDAVIE- ATELIER NATIONAL SUR L&amp;#039;ACCORD SUR LES VOYAGES INTRODUCTION AU CALCUL DES DOMMAGES-INTÉRÊTS&lt;/a&gt;</t>
+    <t>&lt;a href="/fr/node/10621" hreflang="fr"&gt;ATELIER NATIONAL SUR L&amp;#039;ACCORD SUR LES ADPIC: APPLICATION DES DPI EN MOLDAVIE : NORMES INTERNATIONALES ET MEILLEURES PRATIQUES POUR LA MISE EN ŒUVRE AU NIVEAU NATIONAL&lt;/a&gt;</t>
   </si>
   <si>
     <t>Moldova, République de</t>
   </si>
   <si>
     <t>Chisinau</t>
   </si>
   <si>
-    <t>07-10-2025</t>
-[...19 lines deleted...]
-  <si>
     <t>&lt;a href="/fr/node/10591" hreflang="fr"&gt;Programme de valorisation des talents des Pays-Bas (NTP)&lt;/a&gt;</t>
   </si>
   <si>
     <t>02-03-2026</t>
   </si>
   <si>
     <t>ven, 12/11/2026 - 00:00</t>
   </si>
   <si>
     <t>Programme de valorisation des talents des Pays-Bas</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10590" hreflang="fr"&gt;Programme franco-irlandais pour les missions (FIMiP)&lt;/a&gt;</t>
   </si>
   <si>
     <t>Programme franco-irlandais pour les missions</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10563" hreflang="fr"&gt;Atelier régional sur la mesure du commerce numérique des services pour les États membres du COMESA&lt;/a&gt;</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Nairobi</t>
   </si>
   <si>
     <t>09-12-2025</t>
   </si>
   <si>
     <t>ven, 12/12/2025 - 00:00</t>
   </si>
   <si>
-    <t>Obstacles techniques au commerce (OTC)</t>
-[...49 lines deleted...]
-  <si>
     <t>&lt;a href="/fr/node/10509" hreflang="fr"&gt;Cours National sur le règlement des différends. &lt;/a&gt;</t>
   </si>
   <si>
     <t>République dominicaine</t>
   </si>
   <si>
     <t>Santo Domingo, República Dominicana</t>
   </si>
   <si>
     <t>05-11-2025</t>
   </si>
   <si>
     <t>Compétences en matière de négociations commerciales</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10502" hreflang="fr"&gt;Atelier national de l&amp;#039;OMC sur les techniques de négociation commerciale&lt;/a&gt;</t>
   </si>
   <si>
     <t>Brésil</t>
   </si>
   <si>
     <t>Brasilia</t>
   </si>
   <si>
-    <t>Mesures sanitaires et phytosanitaires (SPS)</t>
-[...2 lines deleted...]
-    <t>&lt;a href="/fr/node/10485" hreflang="fr"&gt;Séminaire national sur l&amp;#039;accord relatif à l&amp;#039;application des mesures sanitaires et phytosanitaires (accord SPS)&lt;/a&gt;</t>
+    <t>&lt;a href="/fr/node/10485" hreflang="fr"&gt;Atelier sur l&amp;#039;accord relatif à l&amp;#039;application des mesures sanitaires et phytosanitaires (accord SPS)&lt;/a&gt;</t>
   </si>
   <si>
     <t>Inde</t>
   </si>
   <si>
     <t>New Delhi</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10471" hreflang="fr"&gt;Atelier de suivi de l&amp;#039;examen de la politique commerciale à Abuja et Lagos&lt;/a&gt;</t>
   </si>
   <si>
     <t>Nigéria</t>
   </si>
   <si>
     <t>Abuja and Lagos</t>
-  </si>
-[...10 lines deleted...]
-    <t>Cours régional de politique commerciale appliqué</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -877,990 +835,888 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H36"/>
+  <dimension ref="A1:H32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H36"/>
+      <selection activeCell="A1" sqref="A1:H32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="80.123" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="245.226" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="253.51" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D2" s="1" t="s">
+      <c r="D2" s="1"/>
+      <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="E2" s="1" t="s">
+      <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="F2" s="1" t="s">
+      <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="G2" s="1" t="s">
+      <c r="H2" s="1" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="C3" s="1" t="s">
+      <c r="D3" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="D4" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>26</v>
+      </c>
       <c r="E4" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E5" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...3 lines deleted...]
-      <c r="E5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="F5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="G5" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H5" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="D6" s="1"/>
       <c r="E6" s="1" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="D7" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="E7" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G7" s="1" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>46</v>
+        <v>11</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>36</v>
+        <v>55</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D10" s="1"/>
       <c r="E10" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C11" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" s="1"/>
+      <c r="E11" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="D11" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H11" s="1" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>8</v>
+        <v>64</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>58</v>
+        <v>76</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>8</v>
+        <v>77</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="D14" s="1"/>
+        <v>10</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>79</v>
+      </c>
       <c r="E14" s="1" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>20</v>
+        <v>76</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>36</v>
+        <v>93</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>36</v>
+        <v>81</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1" t="s">
-        <v>42</v>
+        <v>99</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D18" s="1"/>
+        <v>101</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>102</v>
+      </c>
       <c r="E18" s="1" t="s">
-        <v>93</v>
+        <v>38</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>18</v>
+        <v>106</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>53</v>
+        <v>108</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="D20" s="1"/>
       <c r="E20" s="1" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>101</v>
+        <v>20</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>102</v>
+        <v>40</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>40</v>
+        <v>114</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1" t="s">
-        <v>107</v>
+        <v>41</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>109</v>
+        <v>10</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>111</v>
+        <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>47</v>
+        <v>119</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>117</v>
+        <v>75</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>36</v>
+        <v>81</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1" t="s">
-        <v>76</v>
+        <v>125</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>83</v>
+        <v>127</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>19</v>
+        <v>86</v>
       </c>
       <c r="F24" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="G24" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="G24" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H24" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="D25" s="1"/>
+        <v>130</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>131</v>
+      </c>
       <c r="E25" s="1" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>122</v>
+        <v>28</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>123</v>
+        <v>29</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>45</v>
+        <v>79</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>45</v>
+        <v>79</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1" t="s">
-        <v>87</v>
+        <v>104</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>47</v>
+        <v>81</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1" t="s">
-        <v>135</v>
+        <v>8</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>140</v>
+        <v>103</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1" t="s">
-        <v>42</v>
+        <v>147</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>144</v>
+        <v>86</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>145</v>
+        <v>28</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="F31" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="B31" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G31" s="1" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>150</v>
+        <v>22</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1" t="s">
-        <v>151</v>
+        <v>15</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>155</v>
+        <v>114</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>86</v>
+        <v>115</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>15</v>
-[...103 lines deleted...]
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>