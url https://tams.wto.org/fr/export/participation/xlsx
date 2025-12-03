--- v1 (2025-10-24)
+++ v2 (2025-12-03)
@@ -12,523 +12,230 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Trade Topic</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Host Country</t>
   </si>
   <si>
     <t>Venue</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>End Date</t>
   </si>
   <si>
     <t>Activity Type</t>
   </si>
   <si>
     <t>eAR Status</t>
   </si>
   <si>
+    <t>Mesures correctives commerciales</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10700" hreflang="fr"&gt;Atelier national sur les recours commerciaux auprès de l&amp;#039;OMC&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Sri Lanka</t>
+  </si>
+  <si>
+    <t>Colombo</t>
+  </si>
+  <si>
+    <t>27-01-2026</t>
+  </si>
+  <si>
+    <t>jeu, 01/29/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>National</t>
+  </si>
+  <si>
+    <t>Division</t>
+  </si>
+  <si>
+    <t>Multi-sujet</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10732" hreflang="fr"&gt;Programme de stage général de la Chine&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>Geneva</t>
+  </si>
+  <si>
+    <t>02-02-2026</t>
+  </si>
+  <si>
+    <t>ven, 12/18/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>General Internship Programme</t>
+  </si>
+  <si>
+    <t>Approved</t>
+  </si>
+  <si>
     <t>Règlement des différends</t>
   </si>
   <si>
-    <t>&lt;a href="/fr/node/10698" hreflang="fr"&gt;Cours approfondi sur le règlement des différends à l&amp;#039;OMC &lt;/a&gt;</t>
-[...11 lines deleted...]
-    <t>Atelier virtuel - Global</t>
+    <t>&lt;a href="/fr/node/10718" hreflang="fr"&gt;MODULE SUR LE RÈGLEMENT DES DIFFÉRENDS.&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Guatemala</t>
+  </si>
+  <si>
+    <t>08-12-2025</t>
+  </si>
+  <si>
+    <t>mer, 12/10/2025 - 00:00</t>
+  </si>
+  <si>
+    <t>Atelier virtuel - National</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10707" hreflang="fr"&gt;Le Programme des Jeunes Professionnels (YPP)&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>WTO, Geneva</t>
+  </si>
+  <si>
+    <t>12-01-2026</t>
+  </si>
+  <si>
+    <t>Programme des jeunes professionnels</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10652" hreflang="fr"&gt;6e dialogue Singapour-OMC sur la politique commerciale concernant le système commercial mondial&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Singapour</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>13-01-2026</t>
+  </si>
+  <si>
+    <t>jeu, 01/15/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Global</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10591" hreflang="fr"&gt;Programme de valorisation des talents des Pays-Bas (NTP)&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>02-03-2026</t>
+  </si>
+  <si>
+    <t>ven, 12/11/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Programme de valorisation des talents des Pays-Bas</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10590" hreflang="fr"&gt;Programme franco-irlandais pour les missions (FIMiP)&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Programme franco-irlandais pour les missions</t>
+  </si>
+  <si>
+    <t>Commerce électronique</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10563" hreflang="fr"&gt;Atelier régional sur la mesure du commerce numérique des services pour les États membres du COMESA&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>Nairobi</t>
+  </si>
+  <si>
+    <t>09-12-2025</t>
+  </si>
+  <si>
+    <t>ven, 12/12/2025 - 00:00</t>
+  </si>
+  <si>
+    <t>Regional course/Workshop</t>
+  </si>
+  <si>
+    <t>Commerce des services</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10557" hreflang="fr"&gt;Atelier régional pour les pays de l&amp;#039;Afrique francophone sur le commerce des services et le commerce digital. &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Bénin</t>
+  </si>
+  <si>
+    <t>Cotonou</t>
+  </si>
+  <si>
+    <t>13-04-2026</t>
+  </si>
+  <si>
+    <t>ven, 04/17/2026 - 00:00</t>
   </si>
   <si>
     <t>TAME(1)</t>
-  </si>
-[...426 lines deleted...]
-    <t>Abuja and Lagos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -835,888 +542,324 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H32"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H32"/>
+      <selection activeCell="A1" sqref="A1:H10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="80.123" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="60.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D2" s="1"/>
+      <c r="D2" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="E2" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="D4" s="1" t="s">
         <v>26</v>
       </c>
+      <c r="D4" s="1"/>
       <c r="E4" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>29</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="E5" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="F5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H5" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="D6" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="E6" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="D6" s="1"/>
-      <c r="E6" s="1" t="s">
+      <c r="F6" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="F6" s="1" t="s">
+      <c r="G6" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="G6" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H6" s="1" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E7" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="F7" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="G7" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="D7" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H7" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E8" s="1" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="B9" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E9" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="F9" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="D9" s="1" t="s">
+      <c r="G9" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="E9" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H9" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="B10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D10" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="E10" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="D10" s="1"/>
-      <c r="E10" s="1" t="s">
+      <c r="F10" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="F10" s="1" t="s">
+      <c r="G10" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>59</v>
-      </c>
-[...572 lines deleted...]
-        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>