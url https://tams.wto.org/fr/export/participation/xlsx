--- v2 (2025-12-03)
+++ v3 (2025-12-23)
@@ -12,230 +12,257 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Trade Topic</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Host Country</t>
   </si>
   <si>
     <t>Venue</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>End Date</t>
   </si>
   <si>
     <t>Activity Type</t>
   </si>
   <si>
     <t>eAR Status</t>
   </si>
   <si>
+    <t>Droits de propriété intellectuelle qui touchent au commerce (ADPIC)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10755" hreflang="fr"&gt;Formations virtuelles de l&amp;#039;OMC sur l&amp;#039;accord ADPIC et la sortie de la catégorie des pays les moins avancés (PMA) de Bangladesh&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>02-03-2026</t>
+  </si>
+  <si>
+    <t>lun, 03/16/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Atelier virtuel - National</t>
+  </si>
+  <si>
+    <t>Division</t>
+  </si>
+  <si>
+    <t>Transparence</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10756" hreflang="fr"&gt;Atelier national sur les mécanismes de transparence et les notifications&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Kazakhstan</t>
+  </si>
+  <si>
+    <t>ASTANA</t>
+  </si>
+  <si>
+    <t>24-02-2026</t>
+  </si>
+  <si>
+    <t>jeu, 02/26/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>National</t>
+  </si>
+  <si>
+    <t>Ittc Officer</t>
+  </si>
+  <si>
+    <t>Marchés publics</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10757" hreflang="fr"&gt;Atelier mondial avancé sur l&amp;#039;Accord des Marchés Publics (AMP) 2012&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>WTO</t>
+  </si>
+  <si>
+    <t>20-04-2026</t>
+  </si>
+  <si>
+    <t>ven, 04/24/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Cours thématique</t>
+  </si>
+  <si>
+    <t>Multi-sujet</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10749" hreflang="fr"&gt;Programme de Soutien aux Coordinateurs de Groupe (GCSP) - Assistance au coordinateur de groupe dans l&amp;#039;accomplissment des activités liées à la coordination&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>WTO, Geneva</t>
+  </si>
+  <si>
+    <t>12-01-2026</t>
+  </si>
+  <si>
+    <t>ven, 12/18/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Programme de Soutien aux Coordinateurs de Groupe</t>
+  </si>
+  <si>
+    <t>ITTC Director</t>
+  </si>
+  <si>
     <t>Mesures correctives commerciales</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10700" hreflang="fr"&gt;Atelier national sur les recours commerciaux auprès de l&amp;#039;OMC&lt;/a&gt;</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Colombo</t>
   </si>
   <si>
     <t>27-01-2026</t>
   </si>
   <si>
     <t>jeu, 01/29/2026 - 00:00</t>
   </si>
   <si>
-    <t>National</t>
-[...5 lines deleted...]
-    <t>Multi-sujet</t>
+    <t>ITTC officer</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10732" hreflang="fr"&gt;Programme de stage général de la Chine&lt;/a&gt;</t>
   </si>
   <si>
-    <t>Suisse</t>
-[...1 lines deleted...]
-  <si>
     <t>Geneva</t>
   </si>
   <si>
     <t>02-02-2026</t>
   </si>
   <si>
-    <t>ven, 12/18/2026 - 00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>General Internship Programme</t>
   </si>
   <si>
     <t>Approved</t>
   </si>
   <si>
-    <t>Règlement des différends</t>
-[...16 lines deleted...]
-  <si>
     <t>&lt;a href="/fr/node/10707" hreflang="fr"&gt;Le Programme des Jeunes Professionnels (YPP)&lt;/a&gt;</t>
   </si>
   <si>
-    <t>WTO, Geneva</t>
-[...4 lines deleted...]
-  <si>
     <t>Programme des jeunes professionnels</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10652" hreflang="fr"&gt;6e dialogue Singapour-OMC sur la politique commerciale concernant le système commercial mondial&lt;/a&gt;</t>
   </si>
   <si>
     <t>Singapour</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>13-01-2026</t>
   </si>
   <si>
     <t>jeu, 01/15/2026 - 00:00</t>
   </si>
   <si>
     <t>Global</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10591" hreflang="fr"&gt;Programme de valorisation des talents des Pays-Bas (NTP)&lt;/a&gt;</t>
   </si>
   <si>
-    <t>02-03-2026</t>
-[...1 lines deleted...]
-  <si>
     <t>ven, 12/11/2026 - 00:00</t>
   </si>
   <si>
     <t>Programme de valorisation des talents des Pays-Bas</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10590" hreflang="fr"&gt;Programme franco-irlandais pour les missions (FIMiP)&lt;/a&gt;</t>
   </si>
   <si>
     <t>Programme franco-irlandais pour les missions</t>
   </si>
   <si>
-    <t>Commerce électronique</t>
-[...14 lines deleted...]
-    <t>ven, 12/12/2025 - 00:00</t>
+    <t>Commerce des services</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10557" hreflang="fr"&gt;Atelier régional pour les pays de l&amp;#039;Afrique francophone sur le commerce des services et le commerce digital. &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Bénin</t>
+  </si>
+  <si>
+    <t>Cotonou</t>
+  </si>
+  <si>
+    <t>13-04-2026</t>
+  </si>
+  <si>
+    <t>ven, 04/17/2026 - 00:00</t>
   </si>
   <si>
     <t>Regional course/Workshop</t>
-  </si>
-[...19 lines deleted...]
-    <t>TAME(1)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -542,324 +569,376 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H10"/>
+      <selection activeCell="A1" sqref="A1:H12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="38.848" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="239.37" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="60.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="16.425" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D2" s="1" t="s">
+      <c r="D2" s="1"/>
+      <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="E2" s="1" t="s">
+      <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="F2" s="1" t="s">
+      <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="G2" s="1" t="s">
+      <c r="H2" s="1" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="C3" s="1" t="s">
+      <c r="D3" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="D3" s="1" t="s">
+      <c r="E3" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="E3" s="1" t="s">
+      <c r="F3" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="F3" s="1" t="s">
+      <c r="G3" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="G3" s="1" t="s">
+      <c r="H3" s="1" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C4" s="1" t="s">
+      <c r="D4" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="D4" s="1"/>
       <c r="E4" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>29</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C9" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>48</v>
-      </c>
-[...13 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>57</v>
+        <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>59</v>
+        <v>48</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="H11" s="1" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="H12" s="1" t="s">
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>