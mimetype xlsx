--- v3 (2025-12-23)
+++ v4 (2026-01-12)
@@ -12,257 +12,302 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>Trade Topic</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Host Country</t>
   </si>
   <si>
     <t>Venue</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>End Date</t>
   </si>
   <si>
     <t>Activity Type</t>
   </si>
   <si>
     <t>eAR Status</t>
   </si>
   <si>
+    <t>Normes (SPS, OTC)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10773" hreflang="fr"&gt;OMAN- Atelier National sur SPS-TBT&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Omán</t>
+  </si>
+  <si>
+    <t>Muscat</t>
+  </si>
+  <si>
+    <t>05-04-2026</t>
+  </si>
+  <si>
+    <t>mar, 04/07/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>National</t>
+  </si>
+  <si>
+    <t>Division</t>
+  </si>
+  <si>
+    <t>Accession</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10772" hreflang="fr"&gt;Atelier national sur l&amp;#039;adhésion de l&amp;#039;Azerbaïdjan &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Azerbaïdjan</t>
+  </si>
+  <si>
+    <t>Baku</t>
+  </si>
+  <si>
+    <t>11-02-2026</t>
+  </si>
+  <si>
+    <t>jeu, 02/12/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Budget Section</t>
+  </si>
+  <si>
+    <t>Mesures correctives commerciales</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10758" hreflang="fr"&gt;Atelier national sur les mesures de défense commerciale.&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Brésil</t>
+  </si>
+  <si>
+    <t>Brasilia</t>
+  </si>
+  <si>
+    <t>19-01-2026</t>
+  </si>
+  <si>
+    <t>mer, 01/21/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Approved</t>
+  </si>
+  <si>
     <t>Droits de propriété intellectuelle qui touchent au commerce (ADPIC)</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10755" hreflang="fr"&gt;Formations virtuelles de l&amp;#039;OMC sur l&amp;#039;accord ADPIC et la sortie de la catégorie des pays les moins avancés (PMA) de Bangladesh&lt;/a&gt;</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>02-03-2026</t>
   </si>
   <si>
     <t>lun, 03/16/2026 - 00:00</t>
   </si>
   <si>
     <t>Atelier virtuel - National</t>
   </si>
   <si>
-    <t>Division</t>
-[...1 lines deleted...]
-  <si>
     <t>Transparence</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10756" hreflang="fr"&gt;Atelier national sur les mécanismes de transparence et les notifications&lt;/a&gt;</t>
   </si>
   <si>
     <t>Kazakhstan</t>
   </si>
   <si>
-    <t>ASTANA</t>
+    <t>Astana</t>
   </si>
   <si>
     <t>24-02-2026</t>
   </si>
   <si>
     <t>jeu, 02/26/2026 - 00:00</t>
   </si>
   <si>
-    <t>National</t>
-[...4 lines deleted...]
-  <si>
     <t>Marchés publics</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10757" hreflang="fr"&gt;Atelier mondial avancé sur l&amp;#039;Accord des Marchés Publics (AMP) 2012&lt;/a&gt;</t>
   </si>
   <si>
     <t>Suisse</t>
   </si>
   <si>
     <t>WTO</t>
   </si>
   <si>
     <t>20-04-2026</t>
   </si>
   <si>
     <t>ven, 04/24/2026 - 00:00</t>
   </si>
   <si>
     <t>Cours thématique</t>
   </si>
   <si>
+    <t>&lt;a href="/fr/node/10700" hreflang="fr"&gt;Atelier national sur les recours commerciaux auprès de l&amp;#039;OMC&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Sri Lanka</t>
+  </si>
+  <si>
+    <t>Colombo</t>
+  </si>
+  <si>
+    <t>27-01-2026</t>
+  </si>
+  <si>
+    <t>jeu, 01/29/2026 - 00:00</t>
+  </si>
+  <si>
     <t>Multi-sujet</t>
   </si>
   <si>
-    <t>&lt;a href="/fr/node/10749" hreflang="fr"&gt;Programme de Soutien aux Coordinateurs de Groupe (GCSP) - Assistance au coordinateur de groupe dans l&amp;#039;accomplissment des activités liées à la coordination&lt;/a&gt;</t>
+    <t>&lt;a href="/fr/node/10732" hreflang="fr"&gt;Programme de stage général de la Chine&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Geneva</t>
+  </si>
+  <si>
+    <t>02-02-2026</t>
+  </si>
+  <si>
+    <t>ven, 12/18/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>General Internship Programme</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10652" hreflang="fr"&gt;6e dialogue Singapour-OMC sur la politique commerciale concernant le système commercial mondial&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Singapour</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>13-01-2026</t>
+  </si>
+  <si>
+    <t>jeu, 01/15/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Global</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10591" hreflang="fr"&gt;Programme de valorisation des talents des Pays-Bas (NTP)&lt;/a&gt;</t>
   </si>
   <si>
     <t>WTO, Geneva</t>
   </si>
   <si>
-    <t>12-01-2026</t>
-[...73 lines deleted...]
-  <si>
     <t>ven, 12/11/2026 - 00:00</t>
   </si>
   <si>
     <t>Programme de valorisation des talents des Pays-Bas</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10590" hreflang="fr"&gt;Programme franco-irlandais pour les missions (FIMiP)&lt;/a&gt;</t>
   </si>
   <si>
     <t>Programme franco-irlandais pour les missions</t>
   </si>
   <si>
     <t>Commerce des services</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10557" hreflang="fr"&gt;Atelier régional pour les pays de l&amp;#039;Afrique francophone sur le commerce des services et le commerce digital. &lt;/a&gt;</t>
   </si>
   <si>
     <t>Bénin</t>
   </si>
   <si>
     <t>Cotonou</t>
   </si>
   <si>
     <t>13-04-2026</t>
   </si>
   <si>
     <t>ven, 04/17/2026 - 00:00</t>
   </si>
   <si>
     <t>Regional course/Workshop</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10514" hreflang="fr"&gt;SEMINAIRE NATIONAL DE L&amp;#039;OMC SUR LE COMMERCE DES SERVICES &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Jordanie</t>
+  </si>
+  <si>
+    <t>Amman</t>
+  </si>
+  <si>
+    <t>15-02-2026</t>
+  </si>
+  <si>
+    <t>mer, 02/18/2026 - 00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -569,376 +614,428 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H12"/>
+      <selection activeCell="A1" sqref="A1:H14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="80.123" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="239.37" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="211.091" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="60.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D2" s="1"/>
+      <c r="D2" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="E2" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" s="1" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="D5" s="1" t="s">
         <v>32</v>
       </c>
+      <c r="D5" s="1"/>
       <c r="E5" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>35</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="D6" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="D6" s="1" t="s">
+      <c r="E6" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="E6" s="1" t="s">
+      <c r="F6" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="F6" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G6" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="B7" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>46</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>25</v>
+        <v>61</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>32</v>
+        <v>62</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>11</v>
+        <v>63</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>32</v>
+        <v>67</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>66</v>
+        <v>33</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>48</v>
+        <v>29</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="H13" s="1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>