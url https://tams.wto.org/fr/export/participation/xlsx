--- v4 (2026-01-12)
+++ v5 (2026-02-02)
@@ -12,290 +12,326 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Trade Topic</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Host Country</t>
   </si>
   <si>
     <t>Venue</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>End Date</t>
   </si>
   <si>
     <t>Activity Type</t>
   </si>
   <si>
     <t>eAR Status</t>
   </si>
   <si>
+    <t>Multi-sujet</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10789" hreflang="fr"&gt;8e dialogue Sud-Sud sur le commerce et le développement&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>Geneva</t>
+  </si>
+  <si>
+    <t>06-03-2026</t>
+  </si>
+  <si>
+    <t>ven, 03/06/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Global</t>
+  </si>
+  <si>
+    <t>TAME(2)</t>
+  </si>
+  <si>
+    <t>Compétences en matière de négociations commerciales</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10787" hreflang="fr"&gt;ATELIER NATIONAL SUR LES COMPÉTENCES EN MATIÈRE DE NÉGOCIATIONS COMMERCIALES&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Omán</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Muscat </t>
+  </si>
+  <si>
+    <t>19-04-2026</t>
+  </si>
+  <si>
+    <t>mer, 04/22/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>National</t>
+  </si>
+  <si>
+    <t>Approved</t>
+  </si>
+  <si>
+    <t>Facilitation de l&amp;#039;investissement pour le développement (FID)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10784" hreflang="fr"&gt;Atelier national sur le renforcement du climat d&amp;#039;investissement de la Tunisie à travers le protocol d’investissement de la ZLECAF et l&amp;#039;accord de l&amp;#039;OMC sur la FID &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Tunisie</t>
+  </si>
+  <si>
+    <t>Tunis</t>
+  </si>
+  <si>
+    <t>04-02-2026</t>
+  </si>
+  <si>
+    <t>ven, 02/06/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10783" hreflang="fr"&gt;Cours d&amp;#039;introduction à la politique commerciale de l&amp;#039;OMC pour les PMA&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>WTO</t>
+  </si>
+  <si>
+    <t>20-04-2026</t>
+  </si>
+  <si>
+    <t>ven, 05/08/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Other global activity</t>
+  </si>
+  <si>
+    <t>Autres questions</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10781" hreflang="fr"&gt;Atelier IFC-OMC sur le financement du commerce - Renforcement des capacités des banques et des PME&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Tanzanie</t>
+  </si>
+  <si>
+    <t>Dar es Salaam</t>
+  </si>
+  <si>
+    <t>11-06-2026</t>
+  </si>
+  <si>
+    <t>ven, 06/12/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Droits de propriété intellectuelle qui touchent au commerce (ADPIC)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10782" hreflang="fr"&gt;Atelier sur la mise en œuvre de l&amp;#039;article 66.2 de l&amp;#039;Accord sur les ADPIC: Incitations pour le Transfert de Technologie vers les PMA&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>21-04-2026</t>
+  </si>
+  <si>
+    <t>jeu, 04/23/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Cours thématique</t>
+  </si>
+  <si>
+    <t>Accession</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10780" hreflang="fr"&gt;14e table ronde de la Chine sur les adhésions à l&amp;#039;OMC - La valeur de l&amp;#039;adhésion à l&amp;#039;OMC dans le système commercial multilatéral&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Cameroun</t>
+  </si>
+  <si>
+    <t>Yaoundé, Cameroon</t>
+  </si>
+  <si>
+    <t>25-03-2026</t>
+  </si>
+  <si>
+    <t>mer, 03/25/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>TAME(1)</t>
+  </si>
+  <si>
     <t>Normes (SPS, OTC)</t>
   </si>
   <si>
-    <t>&lt;a href="/fr/node/10773" hreflang="fr"&gt;OMAN- Atelier National sur SPS-TBT&lt;/a&gt;</t>
-[...2 lines deleted...]
-    <t>Omán</t>
+    <t>&lt;a href="/fr/node/10773" hreflang="fr"&gt;Atelier National sur SPS-TBT&lt;/a&gt;</t>
   </si>
   <si>
     <t>Muscat</t>
   </si>
   <si>
     <t>05-04-2026</t>
   </si>
   <si>
     <t>mar, 04/07/2026 - 00:00</t>
   </si>
   <si>
-    <t>National</t>
+    <t>&lt;a href="/fr/node/10772" hreflang="fr"&gt;Atelier national sur l&amp;#039;adhésion de l&amp;#039;Azerbaïdjan &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Azerbaïdjan</t>
+  </si>
+  <si>
+    <t>Baku</t>
+  </si>
+  <si>
+    <t>11-02-2026</t>
+  </si>
+  <si>
+    <t>jeu, 02/12/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10755" hreflang="fr"&gt;Formations virtuelles de l&amp;#039;OMC sur l&amp;#039;accord ADPIC et la sortie de la catégorie des pays les moins avancés (PMA) de Bangladesh&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>02-03-2026</t>
+  </si>
+  <si>
+    <t>lun, 03/16/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Atelier virtuel - National</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
-    <t>Accession</t>
-[...58 lines deleted...]
-  <si>
     <t>Transparence</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10756" hreflang="fr"&gt;Atelier national sur les mécanismes de transparence et les notifications&lt;/a&gt;</t>
   </si>
   <si>
     <t>Kazakhstan</t>
   </si>
   <si>
     <t>Astana</t>
   </si>
   <si>
     <t>24-02-2026</t>
   </si>
   <si>
     <t>jeu, 02/26/2026 - 00:00</t>
   </si>
   <si>
     <t>Marchés publics</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10757" hreflang="fr"&gt;Atelier mondial avancé sur l&amp;#039;Accord des Marchés Publics (AMP) 2012&lt;/a&gt;</t>
   </si>
   <si>
-    <t>Suisse</t>
-[...7 lines deleted...]
-  <si>
     <t>ven, 04/24/2026 - 00:00</t>
   </si>
   <si>
-    <t>Cours thématique</t>
-[...52 lines deleted...]
-  <si>
     <t>&lt;a href="/fr/node/10591" hreflang="fr"&gt;Programme de valorisation des talents des Pays-Bas (NTP)&lt;/a&gt;</t>
   </si>
   <si>
     <t>WTO, Geneva</t>
   </si>
   <si>
     <t>ven, 12/11/2026 - 00:00</t>
   </si>
   <si>
     <t>Programme de valorisation des talents des Pays-Bas</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10590" hreflang="fr"&gt;Programme franco-irlandais pour les missions (FIMiP)&lt;/a&gt;</t>
   </si>
   <si>
     <t>Programme franco-irlandais pour les missions</t>
   </si>
   <si>
     <t>Commerce des services</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10557" hreflang="fr"&gt;Atelier régional pour les pays de l&amp;#039;Afrique francophone sur le commerce des services et le commerce digital. &lt;/a&gt;</t>
   </si>
   <si>
     <t>Bénin</t>
   </si>
   <si>
     <t>Cotonou</t>
   </si>
   <si>
     <t>13-04-2026</t>
   </si>
   <si>
     <t>ven, 04/17/2026 - 00:00</t>
   </si>
   <si>
     <t>Regional course/Workshop</t>
   </si>
   <si>
-    <t>&lt;a href="/fr/node/10514" hreflang="fr"&gt;SEMINAIRE NATIONAL DE L&amp;#039;OMC SUR LE COMMERCE DES SERVICES &lt;/a&gt;</t>
+    <t>&lt;a href="/fr/node/10514" hreflang="fr"&gt;Atelier national de l’OMC sur le commerce des services&lt;/a&gt;</t>
   </si>
   <si>
     <t>Jordanie</t>
   </si>
   <si>
     <t>Amman</t>
   </si>
   <si>
     <t>15-02-2026</t>
   </si>
   <si>
     <t>mer, 02/18/2026 - 00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -614,66 +650,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H14"/>
+      <selection activeCell="A1" sqref="A1:H17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="80.123" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="211.091" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="260.651" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="60.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -704,338 +740,416 @@
       </c>
       <c r="H2" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4" s="1" t="s">
         <v>23</v>
-      </c>
-[...19 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D5" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="E5" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="D5" s="1"/>
-      <c r="E5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="F5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="G5" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H5" s="1" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="D6" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="D6" s="1" t="s">
+      <c r="E6" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="E6" s="1" t="s">
+      <c r="F6" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="F6" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G6" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E7" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="F7" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="D7" s="1" t="s">
+      <c r="G7" s="1" t="s">
         <v>45</v>
-      </c>
-[...7 lines deleted...]
-        <v>48</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="B8" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="E8" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="D8" s="1" t="s">
+      <c r="F8" s="1" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>29</v>
+        <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C9" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="C9" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D9" s="1" t="s">
+      <c r="E9" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="E9" s="1" t="s">
+      <c r="F9" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="F9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G9" s="1" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="B10" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D10" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="E10" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="D10" s="1" t="s">
+      <c r="F10" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="E10" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G10" s="1" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="B11" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" s="1"/>
+      <c r="E11" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="F11" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="C11" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D11" s="1" t="s">
+      <c r="G11" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="E11" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F11" s="1" t="s">
+      <c r="H11" s="1" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>54</v>
+        <v>69</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>70</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>44</v>
+        <v>71</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>75</v>
+        <v>31</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>76</v>
+        <v>32</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>77</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>78</v>
+        <v>45</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>72</v>
+        <v>8</v>
       </c>
       <c r="B14" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="E14" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="F14" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="G14" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="E14" s="1" t="s">
+      <c r="H14" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="F14" s="1" t="s">
+      <c r="C15" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="G15" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="G14" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H14" s="1" t="s">
+      <c r="H15" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H16" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="G17" s="1" t="s">
         <v>22</v>
+      </c>
+      <c r="H17" s="1" t="s">
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>