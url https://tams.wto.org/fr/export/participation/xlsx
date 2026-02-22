--- v5 (2026-02-02)
+++ v6 (2026-02-22)
@@ -12,338 +12,434 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
     <t>Trade Topic</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Host Country</t>
   </si>
   <si>
     <t>Venue</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>End Date</t>
   </si>
   <si>
     <t>Activity Type</t>
   </si>
   <si>
     <t>eAR Status</t>
   </si>
   <si>
+    <t>Règlement des différends</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10811" hreflang="fr"&gt;Atelier national sur le règlement des différends &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Pérou</t>
+  </si>
+  <si>
+    <t>Lima</t>
+  </si>
+  <si>
+    <t>23-03-2026</t>
+  </si>
+  <si>
+    <t>mar, 03/24/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>National</t>
+  </si>
+  <si>
+    <t>Division</t>
+  </si>
+  <si>
     <t>Multi-sujet</t>
   </si>
   <si>
+    <t>&lt;a href="/fr/node/10809" hreflang="fr"&gt;ATELIER RÉGIONAL POUR L&amp;#039;UNION ÉCONOMIQUE ET MONETAIRE OUEST AFRICAINE (UEMOA) EN PRÉPARATION DE LA 14E CONFÉRENCE MINISTÉRIELLE DE L&amp;#039;OMC&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Burkina Faso</t>
+  </si>
+  <si>
+    <t>03-03-2026</t>
+  </si>
+  <si>
+    <t>mer, 03/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Atelier virtuel - Régional</t>
+  </si>
+  <si>
+    <t>ITTC officer</t>
+  </si>
+  <si>
+    <t>Subventions à la pêche</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10808" hreflang="fr"&gt;Atelier de l&amp;#039;OMC sur les subventions à la pêche pour les Membres PMA&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>WTO</t>
+  </si>
+  <si>
+    <t>01-06-2026</t>
+  </si>
+  <si>
+    <t>jeu, 06/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Cours thématique</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10807" hreflang="fr"&gt;Conférence académique conjointe IRIC / OBREAL Global Observatory, en amont de la 14e Conférence ministérielle de l&amp;#039;OMC&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Cameroun</t>
+  </si>
+  <si>
+    <t>Yaoundé</t>
+  </si>
+  <si>
+    <t>19-03-2026</t>
+  </si>
+  <si>
+    <t>ven, 03/20/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>AT d&amp;#039;autres institutions - Globale</t>
+  </si>
+  <si>
+    <t>Approved</t>
+  </si>
+  <si>
+    <t>Mesures sanitaires et phytosanitaires (SPS)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10805" hreflang="fr"&gt;Cours sur les Éléments clés pour participer au Comité SPS &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>01-10-2026</t>
+  </si>
+  <si>
+    <t>jeu, 11/19/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Droits de propriété intellectuelle qui touchent au commerce (ADPIC)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10775" hreflang="fr"&gt;Atelier sur l&amp;#039;accord relatif aux aspects des droits de propriété intellectuelle qui touchent au commerce (ADPIC) avec un accent sur la graduation des PMAs et les questions de commerce et de santé publique&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Dhaka</t>
+  </si>
+  <si>
+    <t>04-05-2026</t>
+  </si>
+  <si>
+    <t>jeu, 05/07/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Agriculture</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10800" hreflang="fr"&gt;Atelier national sur l&amp;#039;accord de l&amp;#039;OMC sur l&amp;#039;agriculture et les négociations agricoles&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Nigéria</t>
+  </si>
+  <si>
+    <t>Abuja</t>
+  </si>
+  <si>
+    <t>22-06-2026</t>
+  </si>
+  <si>
+    <t>ven, 06/26/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Mesures correctives commerciales</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10798" hreflang="fr"&gt;Atelier national sur les les mesures correctives commerciales&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Géorgie</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tbilisi/Virtual </t>
+  </si>
+  <si>
+    <t>16-03-2026</t>
+  </si>
+  <si>
+    <t>mar, 03/17/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Transparence</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10795" hreflang="fr"&gt;Atelier national de suivi de l&amp;#039;examen des politiques commerciales Burundi et les prescriptions en matière de notifications&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Burundi</t>
+  </si>
+  <si>
+    <t>Bujumbura</t>
+  </si>
+  <si>
+    <t>09-03-2026</t>
+  </si>
+  <si>
+    <t>ven, 03/13/2026 - 00:00</t>
+  </si>
+  <si>
     <t>&lt;a href="/fr/node/10789" hreflang="fr"&gt;8e dialogue Sud-Sud sur le commerce et le développement&lt;/a&gt;</t>
   </si>
   <si>
-    <t>Suisse</t>
-[...1 lines deleted...]
-  <si>
     <t>Geneva</t>
   </si>
   <si>
     <t>06-03-2026</t>
   </si>
   <si>
     <t>ven, 03/06/2026 - 00:00</t>
   </si>
   <si>
     <t>Global</t>
   </si>
   <si>
-    <t>TAME(2)</t>
-[...1 lines deleted...]
-  <si>
     <t>Compétences en matière de négociations commerciales</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10787" hreflang="fr"&gt;ATELIER NATIONAL SUR LES COMPÉTENCES EN MATIÈRE DE NÉGOCIATIONS COMMERCIALES&lt;/a&gt;</t>
   </si>
   <si>
     <t>Omán</t>
   </si>
   <si>
     <t xml:space="preserve">Muscat </t>
   </si>
   <si>
     <t>19-04-2026</t>
   </si>
   <si>
     <t>mer, 04/22/2026 - 00:00</t>
   </si>
   <si>
-    <t>National</t>
-[...22 lines deleted...]
-  <si>
     <t>&lt;a href="/fr/node/10783" hreflang="fr"&gt;Cours d&amp;#039;introduction à la politique commerciale de l&amp;#039;OMC pour les PMA&lt;/a&gt;</t>
   </si>
   <si>
-    <t>WTO</t>
-[...1 lines deleted...]
-  <si>
     <t>20-04-2026</t>
   </si>
   <si>
     <t>ven, 05/08/2026 - 00:00</t>
   </si>
   <si>
     <t>Other global activity</t>
   </si>
   <si>
     <t>Autres questions</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10781" hreflang="fr"&gt;Atelier IFC-OMC sur le financement du commerce - Renforcement des capacités des banques et des PME&lt;/a&gt;</t>
   </si>
   <si>
     <t>Tanzanie</t>
   </si>
   <si>
     <t>Dar es Salaam</t>
   </si>
   <si>
     <t>11-06-2026</t>
   </si>
   <si>
     <t>ven, 06/12/2026 - 00:00</t>
   </si>
   <si>
-    <t>Droits de propriété intellectuelle qui touchent au commerce (ADPIC)</t>
-[...1 lines deleted...]
-  <si>
     <t>&lt;a href="/fr/node/10782" hreflang="fr"&gt;Atelier sur la mise en œuvre de l&amp;#039;article 66.2 de l&amp;#039;Accord sur les ADPIC: Incitations pour le Transfert de Technologie vers les PMA&lt;/a&gt;</t>
   </si>
   <si>
     <t>21-04-2026</t>
   </si>
   <si>
     <t>jeu, 04/23/2026 - 00:00</t>
   </si>
   <si>
-    <t>Cours thématique</t>
-[...1 lines deleted...]
-  <si>
     <t>Accession</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10780" hreflang="fr"&gt;14e table ronde de la Chine sur les adhésions à l&amp;#039;OMC - La valeur de l&amp;#039;adhésion à l&amp;#039;OMC dans le système commercial multilatéral&lt;/a&gt;</t>
   </si>
   <si>
-    <t>Cameroun</t>
-[...1 lines deleted...]
-  <si>
     <t>Yaoundé, Cameroon</t>
   </si>
   <si>
     <t>25-03-2026</t>
   </si>
   <si>
     <t>mer, 03/25/2026 - 00:00</t>
   </si>
   <si>
-    <t>TAME(1)</t>
-[...1 lines deleted...]
-  <si>
     <t>Normes (SPS, OTC)</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10773" hreflang="fr"&gt;Atelier National sur SPS-TBT&lt;/a&gt;</t>
   </si>
   <si>
     <t>Muscat</t>
   </si>
   <si>
     <t>05-04-2026</t>
   </si>
   <si>
     <t>mar, 04/07/2026 - 00:00</t>
   </si>
   <si>
-    <t>&lt;a href="/fr/node/10772" hreflang="fr"&gt;Atelier national sur l&amp;#039;adhésion de l&amp;#039;Azerbaïdjan &lt;/a&gt;</t>
-[...13 lines deleted...]
-  <si>
     <t>&lt;a href="/fr/node/10755" hreflang="fr"&gt;Formations virtuelles de l&amp;#039;OMC sur l&amp;#039;accord ADPIC et la sortie de la catégorie des pays les moins avancés (PMA) de Bangladesh&lt;/a&gt;</t>
   </si>
   <si>
-    <t>Bangladesh</t>
-[...1 lines deleted...]
-  <si>
     <t>02-03-2026</t>
   </si>
   <si>
     <t>lun, 03/16/2026 - 00:00</t>
   </si>
   <si>
     <t>Atelier virtuel - National</t>
   </si>
   <si>
-    <t>Division</t>
-[...4 lines deleted...]
-  <si>
     <t>&lt;a href="/fr/node/10756" hreflang="fr"&gt;Atelier national sur les mécanismes de transparence et les notifications&lt;/a&gt;</t>
   </si>
   <si>
     <t>Kazakhstan</t>
   </si>
   <si>
     <t>Astana</t>
   </si>
   <si>
-    <t>24-02-2026</t>
-[...2 lines deleted...]
-    <t>jeu, 02/26/2026 - 00:00</t>
+    <t>08-04-2026</t>
+  </si>
+  <si>
+    <t>ven, 04/10/2026 - 00:00</t>
   </si>
   <si>
     <t>Marchés publics</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10757" hreflang="fr"&gt;Atelier mondial avancé sur l&amp;#039;Accord des Marchés Publics (AMP) 2012&lt;/a&gt;</t>
   </si>
   <si>
     <t>ven, 04/24/2026 - 00:00</t>
   </si>
   <si>
+    <t>&lt;a href="/fr/node/10645" hreflang="fr"&gt;Atelier national sur les exigences de notification de l&amp;#039;OMC&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Dhaka (TBC)</t>
+  </si>
+  <si>
+    <t>27-04-2026</t>
+  </si>
+  <si>
+    <t>jeu, 04/30/2026 - 00:00</t>
+  </si>
+  <si>
     <t>&lt;a href="/fr/node/10591" hreflang="fr"&gt;Programme de valorisation des talents des Pays-Bas (NTP)&lt;/a&gt;</t>
   </si>
   <si>
     <t>WTO, Geneva</t>
   </si>
   <si>
     <t>ven, 12/11/2026 - 00:00</t>
   </si>
   <si>
     <t>Programme de valorisation des talents des Pays-Bas</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10590" hreflang="fr"&gt;Programme franco-irlandais pour les missions (FIMiP)&lt;/a&gt;</t>
   </si>
   <si>
     <t>Programme franco-irlandais pour les missions</t>
   </si>
   <si>
     <t>Commerce des services</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10557" hreflang="fr"&gt;Atelier régional pour les pays de l&amp;#039;Afrique francophone sur le commerce des services et le commerce digital. &lt;/a&gt;</t>
   </si>
   <si>
     <t>Bénin</t>
   </si>
   <si>
     <t>Cotonou</t>
   </si>
   <si>
     <t>13-04-2026</t>
   </si>
   <si>
     <t>ven, 04/17/2026 - 00:00</t>
   </si>
   <si>
     <t>Regional course/Workshop</t>
-  </si>
-[...13 lines deleted...]
-    <t>mer, 02/18/2026 - 00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -650,66 +746,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H17"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H17"/>
+      <selection activeCell="A1" sqref="A1:H24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="80.123" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="260.651" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="298.356" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="60.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -730,426 +826,606 @@
         <v>11</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="D3" s="1" t="s">
+      <c r="D3" s="1"/>
+      <c r="E3" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="E3" s="1" t="s">
+      <c r="F3" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="F3" s="1" t="s">
+      <c r="G3" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="G3" s="1" t="s">
+      <c r="H3" s="1" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C4" s="1" t="s">
+      <c r="D4" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="D4" s="1" t="s">
+      <c r="E4" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="E4" s="1" t="s">
+      <c r="F4" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="F4" s="1" t="s">
+      <c r="G4" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="G4" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H4" s="1" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>40</v>
       </c>
       <c r="G6" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>42</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>18</v>
+        <v>55</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="D11" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>66</v>
+      </c>
       <c r="E11" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>75</v>
+        <v>16</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>76</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>32</v>
+        <v>77</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>45</v>
+        <v>79</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>8</v>
+        <v>80</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>10</v>
+        <v>82</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>65</v>
+        <v>84</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>81</v>
+        <v>14</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>79</v>
+        <v>26</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>83</v>
+        <v>29</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>86</v>
+        <v>31</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>90</v>
+        <v>69</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>23</v>
+        <v>36</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" s="1"/>
+      <c r="E18" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="H18" s="1" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" s="1" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H20" s="1" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" s="1" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="H22" s="1" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="H23" s="1" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="H24" s="1" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>