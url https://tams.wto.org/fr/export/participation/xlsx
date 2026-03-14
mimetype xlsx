--- v6 (2026-02-22)
+++ v7 (2026-03-14)
@@ -12,434 +12,486 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
   <si>
     <t>Trade Topic</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Host Country</t>
   </si>
   <si>
     <t>Venue</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>End Date</t>
   </si>
   <si>
     <t>Activity Type</t>
   </si>
   <si>
     <t>eAR Status</t>
   </si>
   <si>
+    <t>Marchés publics</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10832" hreflang="fr"&gt;Atelier de l&amp;#039;OMC sur la politique de la concurrence, le commerce et le développement&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>WTO</t>
+  </si>
+  <si>
+    <t>14-07-2026</t>
+  </si>
+  <si>
+    <t>jeu, 07/16/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Cours thématique</t>
+  </si>
+  <si>
+    <t>Division</t>
+  </si>
+  <si>
+    <t>Commerce des services</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10831" hreflang="fr"&gt;Atelier nationale sur le commerce des services et le commerce digital.&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Saint-Kitts-et-Nevis</t>
+  </si>
+  <si>
+    <t>Basseterre</t>
+  </si>
+  <si>
+    <t>12-10-2026</t>
+  </si>
+  <si>
+    <t>jeu, 10/15/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>National</t>
+  </si>
+  <si>
+    <t>Mesures correctives commerciales</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10830" hreflang="fr"&gt;Atelier national sur les les mesures correctives commerciales&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Paraguay</t>
+  </si>
+  <si>
+    <t>Asunción</t>
+  </si>
+  <si>
+    <t>20-07-2026</t>
+  </si>
+  <si>
+    <t>mer, 07/22/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Droits de propriété intellectuelle qui touchent au commerce (ADPIC)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10828" hreflang="fr"&gt;ATELIER NATIONAL SUR LES DROITS D&amp;#039;AUTEUR ET LES DROITS CONNEXES : CADRE DE L&amp;#039;OMC (ADPIC) ET TRAITÉS DE L&amp;#039;OMPI &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Comores</t>
+  </si>
+  <si>
+    <t>23-03-2026</t>
+  </si>
+  <si>
+    <t>lun, 03/23/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Atelier virtuel - National</t>
+  </si>
+  <si>
+    <t>ITTC officer</t>
+  </si>
+  <si>
+    <t>Compétences en matière de négociations commerciales</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10818" hreflang="fr"&gt;Atelier national de l’OMC sur la théorie et les techniques de négociation&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Équateur</t>
+  </si>
+  <si>
+    <t>Quito</t>
+  </si>
+  <si>
+    <t>jeu, 07/23/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Ittc Officer</t>
+  </si>
+  <si>
+    <t>Transparence</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10815" hreflang="fr"&gt;Atelier national de notifications&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Timor-Leste</t>
+  </si>
+  <si>
+    <t>Dili</t>
+  </si>
+  <si>
+    <t>08-06-2026</t>
+  </si>
+  <si>
+    <t>jeu, 06/11/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Approved</t>
+  </si>
+  <si>
+    <t>Agriculture</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10816" hreflang="fr"&gt;45ème cycle de consultations sur l&amp;#039;aide au développement du coton&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>WTO, Geneva</t>
+  </si>
+  <si>
+    <t>04-05-2026</t>
+  </si>
+  <si>
+    <t>lun, 05/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Regional course/Workshop</t>
+  </si>
+  <si>
+    <t>Normes (SPS, OTC)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10813" hreflang="fr"&gt;Atelier sur l&amp;#039;Accord sur l&amp;#039;application des mesures sanitaires et phytosanitaires (SPS) et l&amp;#039;Accord sur les obstacles techniques au commerce (OTC)&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>27-05-2026</t>
+  </si>
+  <si>
+    <t>ven, 05/29/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10794" hreflang="fr"&gt;Atelier national sur les notifications à l&amp;#039;OMC&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Tanzanie</t>
+  </si>
+  <si>
+    <t>Dodoma, Tanzania</t>
+  </si>
+  <si>
+    <t>21-04-2026</t>
+  </si>
+  <si>
+    <t>ven, 04/24/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Mesures sanitaires et phytosanitaires (SPS)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10812" hreflang="fr"&gt;Atelier thématique du Comité SPS sur la transparence &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>22-06-2026</t>
+  </si>
+  <si>
+    <t>mar, 06/23/2026 - 00:00</t>
+  </si>
+  <si>
     <t>Règlement des différends</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10811" hreflang="fr"&gt;Atelier national sur le règlement des différends &lt;/a&gt;</t>
   </si>
   <si>
     <t>Pérou</t>
   </si>
   <si>
     <t>Lima</t>
   </si>
   <si>
-    <t>23-03-2026</t>
-[...1 lines deleted...]
-  <si>
     <t>mar, 03/24/2026 - 00:00</t>
   </si>
   <si>
-    <t>National</t>
-[...2 lines deleted...]
-    <t>Division</t>
+    <t>Subventions à la pêche</t>
+  </si>
+  <si>
+    <t>&lt;a href="/fr/node/10808" hreflang="fr"&gt;Atelier de l&amp;#039;OMC sur les subventions à la pêche pour les Membres PMA&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>01-06-2026</t>
+  </si>
+  <si>
+    <t>jeu, 06/04/2026 - 00:00</t>
   </si>
   <si>
     <t>Multi-sujet</t>
   </si>
   <si>
-    <t>&lt;a href="/fr/node/10809" hreflang="fr"&gt;ATELIER RÉGIONAL POUR L&amp;#039;UNION ÉCONOMIQUE ET MONETAIRE OUEST AFRICAINE (UEMOA) EN PRÉPARATION DE LA 14E CONFÉRENCE MINISTÉRIELLE DE L&amp;#039;OMC&lt;/a&gt;</t>
-[...37 lines deleted...]
-  <si>
     <t>&lt;a href="/fr/node/10807" hreflang="fr"&gt;Conférence académique conjointe IRIC / OBREAL Global Observatory, en amont de la 14e Conférence ministérielle de l&amp;#039;OMC&lt;/a&gt;</t>
   </si>
   <si>
     <t>Cameroun</t>
   </si>
   <si>
     <t>Yaoundé</t>
   </si>
   <si>
     <t>19-03-2026</t>
   </si>
   <si>
     <t>ven, 03/20/2026 - 00:00</t>
   </si>
   <si>
     <t>AT d&amp;#039;autres institutions - Globale</t>
   </si>
   <si>
-    <t>Approved</t>
-[...4 lines deleted...]
-  <si>
     <t>&lt;a href="/fr/node/10805" hreflang="fr"&gt;Cours sur les Éléments clés pour participer au Comité SPS &lt;/a&gt;</t>
   </si>
   <si>
     <t>01-10-2026</t>
   </si>
   <si>
     <t>jeu, 11/19/2026 - 00:00</t>
   </si>
   <si>
-    <t>Droits de propriété intellectuelle qui touchent au commerce (ADPIC)</t>
-[...1 lines deleted...]
-  <si>
     <t>&lt;a href="/fr/node/10775" hreflang="fr"&gt;Atelier sur l&amp;#039;accord relatif aux aspects des droits de propriété intellectuelle qui touchent au commerce (ADPIC) avec un accent sur la graduation des PMAs et les questions de commerce et de santé publique&lt;/a&gt;</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Dhaka</t>
   </si>
   <si>
-    <t>04-05-2026</t>
-[...1 lines deleted...]
-  <si>
     <t>jeu, 05/07/2026 - 00:00</t>
   </si>
   <si>
-    <t>Agriculture</t>
-[...1 lines deleted...]
-  <si>
     <t>&lt;a href="/fr/node/10800" hreflang="fr"&gt;Atelier national sur l&amp;#039;accord de l&amp;#039;OMC sur l&amp;#039;agriculture et les négociations agricoles&lt;/a&gt;</t>
   </si>
   <si>
     <t>Nigéria</t>
   </si>
   <si>
     <t>Abuja</t>
   </si>
   <si>
-    <t>22-06-2026</t>
-[...1 lines deleted...]
-  <si>
     <t>ven, 06/26/2026 - 00:00</t>
   </si>
   <si>
-    <t>Mesures correctives commerciales</t>
-[...1 lines deleted...]
-  <si>
     <t>&lt;a href="/fr/node/10798" hreflang="fr"&gt;Atelier national sur les les mesures correctives commerciales&lt;/a&gt;</t>
   </si>
   <si>
     <t>Géorgie</t>
   </si>
   <si>
     <t xml:space="preserve">Tbilisi/Virtual </t>
   </si>
   <si>
     <t>16-03-2026</t>
   </si>
   <si>
     <t>mar, 03/17/2026 - 00:00</t>
   </si>
   <si>
-    <t>Transparence</t>
-[...17 lines deleted...]
-    <t>&lt;a href="/fr/node/10789" hreflang="fr"&gt;8e dialogue Sud-Sud sur le commerce et le développement&lt;/a&gt;</t>
+    <t>&lt;a href="/fr/node/10792" hreflang="fr"&gt;Conférence annuelle du Programme de Chaires de l&amp;#039;OMC&lt;/a&gt;</t>
   </si>
   <si>
     <t>Geneva</t>
   </si>
   <si>
-    <t>06-03-2026</t>
-[...2 lines deleted...]
-    <t>ven, 03/06/2026 - 00:00</t>
+    <t>01-07-2026</t>
+  </si>
+  <si>
+    <t>ven, 07/03/2026 - 00:00</t>
   </si>
   <si>
     <t>Global</t>
   </si>
   <si>
-    <t>Compétences en matière de négociations commerciales</t>
-[...1 lines deleted...]
-  <si>
     <t>&lt;a href="/fr/node/10787" hreflang="fr"&gt;ATELIER NATIONAL SUR LES COMPÉTENCES EN MATIÈRE DE NÉGOCIATIONS COMMERCIALES&lt;/a&gt;</t>
   </si>
   <si>
     <t>Omán</t>
   </si>
   <si>
     <t xml:space="preserve">Muscat </t>
   </si>
   <si>
     <t>19-04-2026</t>
   </si>
   <si>
     <t>mer, 04/22/2026 - 00:00</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10783" hreflang="fr"&gt;Cours d&amp;#039;introduction à la politique commerciale de l&amp;#039;OMC pour les PMA&lt;/a&gt;</t>
   </si>
   <si>
     <t>20-04-2026</t>
   </si>
   <si>
     <t>ven, 05/08/2026 - 00:00</t>
   </si>
   <si>
     <t>Other global activity</t>
   </si>
   <si>
     <t>Autres questions</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10781" hreflang="fr"&gt;Atelier IFC-OMC sur le financement du commerce - Renforcement des capacités des banques et des PME&lt;/a&gt;</t>
   </si>
   <si>
-    <t>Tanzanie</t>
-[...1 lines deleted...]
-  <si>
     <t>Dar es Salaam</t>
   </si>
   <si>
     <t>11-06-2026</t>
   </si>
   <si>
     <t>ven, 06/12/2026 - 00:00</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10782" hreflang="fr"&gt;Atelier sur la mise en œuvre de l&amp;#039;article 66.2 de l&amp;#039;Accord sur les ADPIC: Incitations pour le Transfert de Technologie vers les PMA&lt;/a&gt;</t>
   </si>
   <si>
-    <t>21-04-2026</t>
-[...1 lines deleted...]
-  <si>
     <t>jeu, 04/23/2026 - 00:00</t>
   </si>
   <si>
     <t>Accession</t>
   </si>
   <si>
     <t>&lt;a href="/fr/node/10780" hreflang="fr"&gt;14e table ronde de la Chine sur les adhésions à l&amp;#039;OMC - La valeur de l&amp;#039;adhésion à l&amp;#039;OMC dans le système commercial multilatéral&lt;/a&gt;</t>
   </si>
   <si>
     <t>Yaoundé, Cameroon</t>
   </si>
   <si>
     <t>25-03-2026</t>
   </si>
   <si>
     <t>mer, 03/25/2026 - 00:00</t>
   </si>
   <si>
-    <t>Normes (SPS, OTC)</t>
-[...1 lines deleted...]
-  <si>
     <t>&lt;a href="/fr/node/10773" hreflang="fr"&gt;Atelier National sur SPS-TBT&lt;/a&gt;</t>
   </si>
   <si>
     <t>Muscat</t>
   </si>
   <si>
     <t>05-04-2026</t>
   </si>
   <si>
     <t>mar, 04/07/2026 - 00:00</t>
   </si>
   <si>
-    <t>&lt;a href="/fr/node/10755" hreflang="fr"&gt;Formations virtuelles de l&amp;#039;OMC sur l&amp;#039;accord ADPIC et la sortie de la catégorie des pays les moins avancés (PMA) de Bangladesh&lt;/a&gt;</t>
-[...10 lines deleted...]
-  <si>
     <t>&lt;a href="/fr/node/10756" hreflang="fr"&gt;Atelier national sur les mécanismes de transparence et les notifications&lt;/a&gt;</t>
   </si>
   <si>
     <t>Kazakhstan</t>
   </si>
   <si>
     <t>Astana</t>
   </si>
   <si>
     <t>08-04-2026</t>
   </si>
   <si>
     <t>ven, 04/10/2026 - 00:00</t>
   </si>
   <si>
-    <t>Marchés publics</t>
-[...1 lines deleted...]
-  <si>
     <t>&lt;a href="/fr/node/10757" hreflang="fr"&gt;Atelier mondial avancé sur l&amp;#039;Accord des Marchés Publics (AMP) 2012&lt;/a&gt;</t>
   </si>
   <si>
-    <t>ven, 04/24/2026 - 00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>&lt;a href="/fr/node/10645" hreflang="fr"&gt;Atelier national sur les exigences de notification de l&amp;#039;OMC&lt;/a&gt;</t>
   </si>
   <si>
     <t>Dhaka (TBC)</t>
   </si>
   <si>
     <t>27-04-2026</t>
   </si>
   <si>
     <t>jeu, 04/30/2026 - 00:00</t>
   </si>
   <si>
-    <t>&lt;a href="/fr/node/10591" hreflang="fr"&gt;Programme de valorisation des talents des Pays-Bas (NTP)&lt;/a&gt;</t>
-[...20 lines deleted...]
-    <t>&lt;a href="/fr/node/10557" hreflang="fr"&gt;Atelier régional pour les pays de l&amp;#039;Afrique francophone sur le commerce des services et le commerce digital. &lt;/a&gt;</t>
+    <t>&lt;a href="/fr/node/10557" hreflang="fr"&gt;Atelier régional pour les pays de l&amp;#039;Afrique francophone sur le commerce des services et le commerce digital. &lt;br /&gt;
+CET ATELIER EST REPORTÉ - LES NOUVELLES DATES SERONT COMMUNIQUÉES PROCHAINEMENT&lt;/a&gt;</t>
   </si>
   <si>
     <t>Bénin</t>
   </si>
   <si>
     <t>Cotonou</t>
   </si>
   <si>
     <t>13-04-2026</t>
   </si>
   <si>
     <t>ven, 04/17/2026 - 00:00</t>
-  </si>
-[...1 lines deleted...]
-    <t>Regional course/Workshop</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -746,65 +798,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H24"/>
+  <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H24"/>
+      <selection activeCell="A1" sqref="A1:H29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="298.356" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
@@ -826,606 +878,738 @@
         <v>11</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="D3" s="1"/>
+      <c r="D3" s="1" t="s">
+        <v>19</v>
+      </c>
       <c r="E3" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="D5" s="1" t="s">
+      <c r="D5" s="1"/>
+      <c r="E5" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="F5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="G5" s="1" t="s">
+      <c r="H5" s="1" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="C6" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" s="1" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>40</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>56</v>
+        <v>45</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>57</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="C10" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="D10" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="D10" s="1" t="s">
+      <c r="E10" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="E10" s="1" t="s">
+      <c r="F10" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="F10" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G10" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D11" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="E11" s="1" t="s">
+      <c r="F11" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="F11" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11" s="1" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="D12" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="E12" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="D12" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G12" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>16</v>
+        <v>73</v>
       </c>
       <c r="B13" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="F13" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="C13" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G13" s="1" t="s">
-        <v>79</v>
+        <v>14</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="E14" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="F14" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="G14" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="E14" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H14" s="1" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
-        <v>41</v>
+        <v>64</v>
       </c>
       <c r="B15" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="F15" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G15" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="E16" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="F16" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="C16" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G16" s="1" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="F17" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="B17" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G17" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="B18" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="F18" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="C18" s="1" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="G18" s="1" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
-        <v>59</v>
+        <v>77</v>
       </c>
       <c r="B19" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="F19" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="G19" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="D19" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H19" s="1" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="E20" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="F20" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="C20" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G20" s="1" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1" t="s">
-        <v>59</v>
+        <v>77</v>
       </c>
       <c r="B21" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="C21" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D21" s="1" t="s">
+      <c r="F21" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="E21" s="1" t="s">
+      <c r="G21" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="F21" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H21" s="1" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1" t="s">
-        <v>16</v>
+        <v>114</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>115</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>116</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>100</v>
+        <v>117</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>118</v>
+        <v>22</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>119</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>116</v>
+        <v>11</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>100</v>
+        <v>62</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>120</v>
+        <v>14</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1" t="s">
         <v>121</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>122</v>
       </c>
       <c r="C24" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D24" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="D24" s="1" t="s">
+      <c r="E24" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="E24" s="1" t="s">
+      <c r="F24" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="F24" s="1" t="s">
+      <c r="G24" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H24" s="1" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B25" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="G24" s="1" t="s">
+      <c r="C25" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D25" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="H24" s="1" t="s">
-        <v>36</v>
+      <c r="E25" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25" s="1" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26" s="1" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" s="1" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28" s="1" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H29" s="1" t="s">
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>