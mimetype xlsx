--- v0 (2025-10-18)
+++ v1 (2025-12-08)
@@ -12,563 +12,209 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Trade Topic</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Host Country</t>
   </si>
   <si>
     <t>Venue</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>End Date</t>
   </si>
   <si>
     <t>Activity Type</t>
   </si>
   <si>
     <t>eAR Status</t>
   </si>
   <si>
     <t>Multi topic</t>
   </si>
   <si>
-    <t>&lt;a href="/node/10694" hreflang="en"&gt;City Law School Symposium on 30 years of the WTO: Entering a New Era of Multilateral Trade Rules&lt;/a&gt;</t>
-[...14 lines deleted...]
-    <t>TA by partners – Global</t>
+    <t>&lt;a href="/node/10732" hreflang="en"&gt;China General Internship Programme&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>Geneva</t>
+  </si>
+  <si>
+    <t>02-02-2026</t>
+  </si>
+  <si>
+    <t>Fri, 12/18/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>General Internship Programme</t>
   </si>
   <si>
     <t>Approved</t>
   </si>
   <si>
-    <t>Sanitary and phytosanitary measures (SPS)</t>
-[...14 lines deleted...]
-    <t>Fri, 11/28/2025 - 00:00</t>
+    <t>&lt;a href="/node/10707" hreflang="en"&gt;The Young Professionals Programme (YPP)&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>WTO, Geneva</t>
+  </si>
+  <si>
+    <t>12-01-2026</t>
+  </si>
+  <si>
+    <t>Young Professionals Programme</t>
+  </si>
+  <si>
+    <t>Trade remedies</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10700" hreflang="en"&gt;National Workshop on WTO Trade Remedies&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Sri Lanka</t>
+  </si>
+  <si>
+    <t>Colombo</t>
+  </si>
+  <si>
+    <t>27-01-2026</t>
+  </si>
+  <si>
+    <t>Thu, 01/29/2026 - 00:00</t>
   </si>
   <si>
     <t>National</t>
   </si>
   <si>
-    <t>TAME(1)</t>
-[...32 lines deleted...]
-    <t>ITTC officer</t>
+    <t>Division</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10652" hreflang="en"&gt;Singapore-WTO 6th Trade Policy Dialogue on the World Trading System&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>13-01-2026</t>
+  </si>
+  <si>
+    <t>Thu, 01/15/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Global</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10591" hreflang="en"&gt;Netherlands Talent Programme (NTP)&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>02-03-2026</t>
+  </si>
+  <si>
+    <t>Fri, 12/11/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Netherlands Talent Programme</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10590" hreflang="en"&gt;French-Irish Mission Programme (FIMiP)&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>French Irish Mission Programme</t>
+  </si>
+  <si>
+    <t>E-commerce</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10563" hreflang="en"&gt;Regional Workshop on Measuring Digital Trade in Services for COMESA member states&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>Nairobi</t>
+  </si>
+  <si>
+    <t>09-12-2025</t>
+  </si>
+  <si>
+    <t>Fri, 12/12/2025 - 00:00</t>
+  </si>
+  <si>
+    <t>Regional course/Workshop</t>
   </si>
   <si>
     <t>Trade in Services</t>
   </si>
   <si>
-    <t>&lt;a href="/node/10685" hreflang="en"&gt;WTO National Workshop on Good Regulatory Practices for Trade in Services.&lt;br /&gt;
-[...401 lines deleted...]
-    <t>Regional Trade Policy Course</t>
+    <t>&lt;a href="/node/10557" hreflang="en"&gt;Regional workshop for French-speaking African countries on Trade in Services and Digital Trade. &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Benin</t>
+  </si>
+  <si>
+    <t>Cotonou</t>
+  </si>
+  <si>
+    <t>13-04-2026</t>
+  </si>
+  <si>
+    <t>Fri, 04/17/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Logistics</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -875,66 +521,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H35"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H35"/>
+      <selection activeCell="A1" sqref="A1:H9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="161.532" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="36.42" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -947,896 +593,228 @@
       </c>
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="C3" s="1" t="s">
+      <c r="E3" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="D3" s="1" t="s">
+      <c r="F3" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="E3" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H3" s="1" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="F4" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C4" s="1" t="s">
+      <c r="G4" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="D4" s="1" t="s">
+      <c r="H4" s="1" t="s">
         <v>27</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="D5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="D5" s="1"/>
-      <c r="E5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="F5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="G5" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H5" s="1" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="G6" s="1" t="s">
         <v>36</v>
-      </c>
-[...13 lines deleted...]
-        <v>22</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="B8" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>45</v>
-      </c>
-[...13 lines deleted...]
-        <v>50</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B9" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="F9" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="G9" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>52</v>
-      </c>
-[...683 lines deleted...]
-        <v>15</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>