--- v1 (2025-12-08)
+++ v2 (2026-01-25)
@@ -12,209 +12,378 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>Trade Topic</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Host Country</t>
   </si>
   <si>
     <t>Venue</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>End Date</t>
   </si>
   <si>
     <t>Activity Type</t>
   </si>
   <si>
     <t>eAR Status</t>
   </si>
   <si>
+    <t>Trade Negotiations Skills</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10787" hreflang="en"&gt;OMAN- NATIONAL WORKSHOP ON TRADE NEGOTIATION SKILLS&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Oman</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Muscat </t>
+  </si>
+  <si>
+    <t>19-04-2026</t>
+  </si>
+  <si>
+    <t>Wed, 04/22/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>National</t>
+  </si>
+  <si>
+    <t>Ittc Officer</t>
+  </si>
+  <si>
+    <t>Investment Facilitation for Development (IFD)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10784" hreflang="en"&gt;National workshop on strengthening Tunisia’s investment climate through the AfCFTA Investment Protocol and the WTO IFD Agreement&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Tunisia</t>
+  </si>
+  <si>
+    <t>Tunis</t>
+  </si>
+  <si>
+    <t>04-02-2026</t>
+  </si>
+  <si>
+    <t>Fri, 02/06/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Approved</t>
+  </si>
+  <si>
     <t>Multi topic</t>
   </si>
   <si>
+    <t>&lt;a href="/node/10783" hreflang="en"&gt;WTO Introductory Trade Policy Course for LDCs&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>WTO</t>
+  </si>
+  <si>
+    <t>20-04-2026</t>
+  </si>
+  <si>
+    <t>Fri, 05/08/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Other global activity</t>
+  </si>
+  <si>
+    <t>Trade-Related Intellectual Property Rights (TRIPS)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10782" hreflang="en"&gt;Workshop on the implementation of Article 66.2 of the TRIPS Agreement: Incentives for Technology Transfer to LDCs&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>21-04-2026</t>
+  </si>
+  <si>
+    <t>Thu, 04/23/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Thematic course/Workshop</t>
+  </si>
+  <si>
+    <t>Division</t>
+  </si>
+  <si>
+    <t>Other issues</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10781" hreflang="en"&gt;Trade Finance Workshop - Capacity Building for Banks and SMEs&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Tanzania</t>
+  </si>
+  <si>
+    <t>Dar es Salaam</t>
+  </si>
+  <si>
+    <t>11-06-2026</t>
+  </si>
+  <si>
+    <t>Fri, 06/12/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>ITTC officer</t>
+  </si>
+  <si>
+    <t>Accession</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10780" hreflang="en"&gt;14th China Round Table on WTO Accessions&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Cameroon</t>
+  </si>
+  <si>
+    <t>Yaoundé, Cameroon</t>
+  </si>
+  <si>
+    <t>25-03-2026</t>
+  </si>
+  <si>
+    <t>Wed, 03/25/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Global</t>
+  </si>
+  <si>
+    <t>Coordinator</t>
+  </si>
+  <si>
+    <t>Standards (SPS, TBT)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10773" hreflang="en"&gt;National workshop on SPS-TBT &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Muscat</t>
+  </si>
+  <si>
+    <t>05-04-2026</t>
+  </si>
+  <si>
+    <t>Tue, 04/07/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10772" hreflang="en"&gt;National Workshop on the Accession of Azerbaijan &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Azerbaijan</t>
+  </si>
+  <si>
+    <t>Baku</t>
+  </si>
+  <si>
+    <t>11-02-2026</t>
+  </si>
+  <si>
+    <t>Thu, 02/12/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Government Procurement</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10757" hreflang="en"&gt;Advanced Global Workshop on the Agreement on Government Procurement (GPA) 2012&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Fri, 04/24/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Logistics</t>
+  </si>
+  <si>
+    <t>Transparency</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10756" hreflang="en"&gt;National Workshop on Transparency Mechanisms and Notifications&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Kazakhstan</t>
+  </si>
+  <si>
+    <t>Astana</t>
+  </si>
+  <si>
+    <t>24-02-2026</t>
+  </si>
+  <si>
+    <t>Thu, 02/26/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10755" hreflang="en"&gt;WTO Virtual Trainings on the TRIPS Agreement and Bangladesh&amp;#039;s LDC Graduation&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>02-03-2026</t>
+  </si>
+  <si>
+    <t>Mon, 03/16/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Virtual workshop - National</t>
+  </si>
+  <si>
     <t>&lt;a href="/node/10732" hreflang="en"&gt;China General Internship Programme&lt;/a&gt;</t>
   </si>
   <si>
-    <t>Switzerland</t>
-[...1 lines deleted...]
-  <si>
     <t>Geneva</t>
   </si>
   <si>
     <t>02-02-2026</t>
   </si>
   <si>
     <t>Fri, 12/18/2026 - 00:00</t>
   </si>
   <si>
     <t>General Internship Programme</t>
   </si>
   <si>
-    <t>Approved</t>
-[...2 lines deleted...]
-    <t>&lt;a href="/node/10707" hreflang="en"&gt;The Young Professionals Programme (YPP)&lt;/a&gt;</t>
+    <t>Trade remedies</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10700" hreflang="en"&gt;National Workshop on WTO Trade Remedies&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Sri Lanka</t>
+  </si>
+  <si>
+    <t>Colombo</t>
+  </si>
+  <si>
+    <t>27-01-2026</t>
+  </si>
+  <si>
+    <t>Thu, 01/29/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Market Access for Trade in Goods</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10659" hreflang="en"&gt;NATIONAL WORKSHOP FOR JAMAICA ON INDUSTRIAL POLICY AND THE WTO, TARIFFS, IMPORT LICENSING, AND QUANTITATIVE RESTRICTIONS. &lt;br /&gt;
+&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Jamaica</t>
+  </si>
+  <si>
+    <t>26-01-2026</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10591" hreflang="en"&gt;Netherlands Talent Programme (NTP)&lt;/a&gt;</t>
   </si>
   <si>
     <t>WTO, Geneva</t>
   </si>
   <si>
-    <t>12-01-2026</t>
-[...49 lines deleted...]
-  <si>
     <t>Fri, 12/11/2026 - 00:00</t>
   </si>
   <si>
     <t>Netherlands Talent Programme</t>
   </si>
   <si>
     <t>&lt;a href="/node/10590" hreflang="en"&gt;French-Irish Mission Programme (FIMiP)&lt;/a&gt;</t>
   </si>
   <si>
     <t>French Irish Mission Programme</t>
   </si>
   <si>
-    <t>E-commerce</t>
-[...14 lines deleted...]
-    <t>Fri, 12/12/2025 - 00:00</t>
+    <t>Trade in Services</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10557" hreflang="en"&gt;Regional workshop for French-speaking African countries on Trade in Services and Digital Trade. &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Benin</t>
+  </si>
+  <si>
+    <t>Cotonou</t>
+  </si>
+  <si>
+    <t>13-04-2026</t>
+  </si>
+  <si>
+    <t>Fri, 04/17/2026 - 00:00</t>
   </si>
   <si>
     <t>Regional course/Workshop</t>
   </si>
   <si>
-    <t>Trade in Services</t>
-[...17 lines deleted...]
-    <t>Logistics</t>
+    <t>&lt;a href="/node/10514" hreflang="en"&gt;WTO national workshop on Trade in Services&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>Amman</t>
+  </si>
+  <si>
+    <t>15-02-2026</t>
+  </si>
+  <si>
+    <t>Wed, 02/18/2026 - 00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -521,66 +690,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H9"/>
+      <selection activeCell="A1" sqref="A1:H19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="21.138" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="161.532" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="199.237" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="36.42" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -593,228 +762,484 @@
       </c>
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>8</v>
+        <v>43</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>52</v>
+        <v>22</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H12" s="1" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="H13" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D15" s="1"/>
+      <c r="E15" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H15" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="H16" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H17" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H18" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" s="1" t="s">
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>