--- v2 (2026-01-25)
+++ v3 (2026-03-12)
@@ -12,378 +12,449 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>Trade Topic</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Host Country</t>
   </si>
   <si>
     <t>Venue</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>End Date</t>
   </si>
   <si>
     <t>Activity Type</t>
   </si>
   <si>
     <t>eAR Status</t>
   </si>
   <si>
     <t>Trade Negotiations Skills</t>
   </si>
   <si>
-    <t>&lt;a href="/node/10787" hreflang="en"&gt;OMAN- NATIONAL WORKSHOP ON TRADE NEGOTIATION SKILLS&lt;/a&gt;</t>
+    <t>&lt;a href="/node/10818" hreflang="en"&gt;National WTO Workshop on Negotiation Theory and Techniques&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Ecuador</t>
+  </si>
+  <si>
+    <t>Quito</t>
+  </si>
+  <si>
+    <t>20-07-2026</t>
+  </si>
+  <si>
+    <t>Thu, 07/23/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>National</t>
+  </si>
+  <si>
+    <t>Ittc Officer</t>
+  </si>
+  <si>
+    <t>Agriculture</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10816" hreflang="en"&gt;45th Round of Consultations on Cotton Development Assistance&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>WTO, Geneva</t>
+  </si>
+  <si>
+    <t>04-05-2026</t>
+  </si>
+  <si>
+    <t>Mon, 05/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Regional course/Workshop</t>
+  </si>
+  <si>
+    <t>Approved</t>
+  </si>
+  <si>
+    <t>Transparency</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10815" hreflang="en"&gt;National Workshop on Notifications&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Timor-Leste</t>
+  </si>
+  <si>
+    <t>Dili</t>
+  </si>
+  <si>
+    <t>08-06-2026</t>
+  </si>
+  <si>
+    <t>Thu, 06/11/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Standards (SPS, TBT)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10813" hreflang="en"&gt;Workshop on the Agreement on the Application of Sanitary and Phytosanitary (SPS) Measures and the Technical Barriers to Trade (TBT) Agreement&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>27-05-2026</t>
+  </si>
+  <si>
+    <t>Fri, 05/29/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Sanitary and phytosanitary measures (SPS)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10812" hreflang="en"&gt;SPS Committee Thematic Workshop on Transparency &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>WTO</t>
+  </si>
+  <si>
+    <t>22-06-2026</t>
+  </si>
+  <si>
+    <t>Tue, 06/23/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Thematic course/Workshop</t>
+  </si>
+  <si>
+    <t>Dispute Settlement</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10811" hreflang="en"&gt;National workshop on dispute settlement&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>Lima</t>
+  </si>
+  <si>
+    <t>23-03-2026</t>
+  </si>
+  <si>
+    <t>Tue, 03/24/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Fisheries Subsidies</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10808" hreflang="en"&gt;WTO Workshop on Fisheries Subsidies for LDC Members&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>01-06-2026</t>
+  </si>
+  <si>
+    <t>Thu, 06/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Division</t>
+  </si>
+  <si>
+    <t>Multi topic</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10807" hreflang="en"&gt;Joint IRIC /OBREAL Global Observatory Academic Conference ahead of the 14th WTO Ministerial Conference&lt;br /&gt;
+&lt;br /&gt;
+&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Cameroon</t>
+  </si>
+  <si>
+    <t>Yaoundé</t>
+  </si>
+  <si>
+    <t>19-03-2026</t>
+  </si>
+  <si>
+    <t>Fri, 03/20/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>TA by partners – Global</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10805" hreflang="en"&gt;Course on Essentials for SPS Committee Participation &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>01-10-2026</t>
+  </si>
+  <si>
+    <t>Thu, 11/19/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10804" hreflang="en"&gt;Key elements for participating in the SPS Committee&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Virtual workshop - National</t>
+  </si>
+  <si>
+    <t>Coordinator</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10800" hreflang="en"&gt;National Workshop on the WTO Agreement on Agriculture and Agriculture Negotiations&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
+    <t>Abuja</t>
+  </si>
+  <si>
+    <t>Fri, 06/26/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Trade remedies</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10798" hreflang="en"&gt;National Workshop on Trade Remedies&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Georgia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tbilisi/Virtual </t>
+  </si>
+  <si>
+    <t>16-03-2026</t>
+  </si>
+  <si>
+    <t>Tue, 03/17/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10794" hreflang="en"&gt;National Workshop on WTO Notifications&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Tanzania</t>
+  </si>
+  <si>
+    <t>Dodoma, Tanzania</t>
+  </si>
+  <si>
+    <t>21-04-2026</t>
+  </si>
+  <si>
+    <t>Fri, 04/24/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10792" hreflang="en"&gt;WTO Chairs Programme Annual Conference&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Geneva</t>
+  </si>
+  <si>
+    <t>01-07-2026</t>
+  </si>
+  <si>
+    <t>Fri, 07/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Global</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10787" hreflang="en"&gt;NATIONAL WORKSHOP ON TRADE NEGOTIATION SKILLS&lt;/a&gt;</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
     <t xml:space="preserve">Muscat </t>
   </si>
   <si>
     <t>19-04-2026</t>
   </si>
   <si>
     <t>Wed, 04/22/2026 - 00:00</t>
   </si>
   <si>
-    <t>National</t>
-[...26 lines deleted...]
-    <t>Multi topic</t>
+    <t>ITTC officer</t>
   </si>
   <si>
     <t>&lt;a href="/node/10783" hreflang="en"&gt;WTO Introductory Trade Policy Course for LDCs&lt;/a&gt;</t>
   </si>
   <si>
-    <t>Switzerland</t>
-[...4 lines deleted...]
-  <si>
     <t>20-04-2026</t>
   </si>
   <si>
     <t>Fri, 05/08/2026 - 00:00</t>
   </si>
   <si>
     <t>Other global activity</t>
   </si>
   <si>
     <t>Trade-Related Intellectual Property Rights (TRIPS)</t>
   </si>
   <si>
     <t>&lt;a href="/node/10782" hreflang="en"&gt;Workshop on the implementation of Article 66.2 of the TRIPS Agreement: Incentives for Technology Transfer to LDCs&lt;/a&gt;</t>
   </si>
   <si>
-    <t>21-04-2026</t>
-[...1 lines deleted...]
-  <si>
     <t>Thu, 04/23/2026 - 00:00</t>
   </si>
   <si>
-    <t>Thematic course/Workshop</t>
-[...4 lines deleted...]
-  <si>
     <t>Other issues</t>
   </si>
   <si>
-    <t>&lt;a href="/node/10781" hreflang="en"&gt;Trade Finance Workshop - Capacity Building for Banks and SMEs&lt;/a&gt;</t>
-[...2 lines deleted...]
-    <t>Tanzania</t>
+    <t>&lt;a href="/node/10781" hreflang="en"&gt;IFC-WTO Trade Finance Workshop - Capacity Building for Banks and SMEs&lt;/a&gt;</t>
   </si>
   <si>
     <t>Dar es Salaam</t>
   </si>
   <si>
     <t>11-06-2026</t>
   </si>
   <si>
     <t>Fri, 06/12/2026 - 00:00</t>
   </si>
   <si>
-    <t>ITTC officer</t>
-[...1 lines deleted...]
-  <si>
     <t>Accession</t>
   </si>
   <si>
-    <t>&lt;a href="/node/10780" hreflang="en"&gt;14th China Round Table on WTO Accessions&lt;/a&gt;</t>
-[...2 lines deleted...]
-    <t>Cameroon</t>
+    <t>&lt;a href="/node/10780" hreflang="en"&gt;14th China Round Table on WTO Accessions - The Value of WTO Accession in the Multilateral Trading System&lt;/a&gt;</t>
   </si>
   <si>
     <t>Yaoundé, Cameroon</t>
   </si>
   <si>
     <t>25-03-2026</t>
   </si>
   <si>
     <t>Wed, 03/25/2026 - 00:00</t>
   </si>
   <si>
-    <t>Global</t>
-[...5 lines deleted...]
-    <t>Standards (SPS, TBT)</t>
+    <t>&lt;a href="/node/10775" hreflang="en"&gt;Workshop on the Agreement on Trade-Related Aspects of Intellectual Property Rights (TRIPS) with a focus on LDC Graduation and Trade and Public Health Issues&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Dhaka</t>
+  </si>
+  <si>
+    <t>Thu, 05/07/2026 - 00:00</t>
   </si>
   <si>
     <t>&lt;a href="/node/10773" hreflang="en"&gt;National workshop on SPS-TBT &lt;/a&gt;</t>
   </si>
   <si>
     <t>Muscat</t>
   </si>
   <si>
     <t>05-04-2026</t>
   </si>
   <si>
     <t>Tue, 04/07/2026 - 00:00</t>
   </si>
   <si>
-    <t>&lt;a href="/node/10772" hreflang="en"&gt;National Workshop on the Accession of Azerbaijan &lt;/a&gt;</t>
-[...13 lines deleted...]
-  <si>
     <t>Government Procurement</t>
   </si>
   <si>
     <t>&lt;a href="/node/10757" hreflang="en"&gt;Advanced Global Workshop on the Agreement on Government Procurement (GPA) 2012&lt;/a&gt;</t>
   </si>
   <si>
-    <t>Fri, 04/24/2026 - 00:00</t>
-[...7 lines deleted...]
-  <si>
     <t>&lt;a href="/node/10756" hreflang="en"&gt;National Workshop on Transparency Mechanisms and Notifications&lt;/a&gt;</t>
   </si>
   <si>
     <t>Kazakhstan</t>
   </si>
   <si>
     <t>Astana</t>
   </si>
   <si>
-    <t>24-02-2026</t>
-[...81 lines deleted...]
-    <t>French Irish Mission Programme</t>
+    <t>08-04-2026</t>
+  </si>
+  <si>
+    <t>Fri, 04/10/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10645" hreflang="en"&gt;National Workshop on WTO Notification Requirements&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Dhaka (TBC)</t>
+  </si>
+  <si>
+    <t>27-04-2026</t>
+  </si>
+  <si>
+    <t>Thu, 04/30/2026 - 00:00</t>
   </si>
   <si>
     <t>Trade in Services</t>
   </si>
   <si>
-    <t>&lt;a href="/node/10557" hreflang="en"&gt;Regional workshop for French-speaking African countries on Trade in Services and Digital Trade. &lt;/a&gt;</t>
+    <t>&lt;a href="/node/10557" hreflang="en"&gt;Regional workshop for French-speaking African countries on Trade in Services and Digital Trade. &lt;br /&gt;
+THIS WORKSHOP IS POSTPONED - NEW DATES WILL BE COMMUNICATED SHORTLY&lt;/a&gt;</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
     <t>Cotonou</t>
   </si>
   <si>
     <t>13-04-2026</t>
   </si>
   <si>
     <t>Fri, 04/17/2026 - 00:00</t>
-  </si>
-[...16 lines deleted...]
-    <t>Wed, 02/18/2026 - 00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -690,65 +761,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H19"/>
+  <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H19"/>
+      <selection activeCell="A1" sqref="A1:H26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="199.237" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="232.229" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
@@ -780,466 +851,650 @@
       </c>
       <c r="H2" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>33</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="E6" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="F6" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="D6" s="1" t="s">
+      <c r="G6" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="E6" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H6" s="1" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="E7" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="F7" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="D7" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G7" s="1" t="s">
-        <v>49</v>
+        <v>14</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="B9" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F9" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="G9" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H9" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>61</v>
+        <v>34</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>65</v>
+        <v>34</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="D11" s="1"/>
       <c r="E11" s="1" t="s">
-        <v>69</v>
+        <v>59</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="D12" s="1"/>
+        <v>65</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>66</v>
+      </c>
       <c r="E12" s="1" t="s">
-        <v>73</v>
+        <v>37</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>75</v>
+        <v>14</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>25</v>
+        <v>70</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>80</v>
+        <v>14</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>81</v>
+        <v>24</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>84</v>
+        <v>76</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>86</v>
+        <v>78</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
-        <v>87</v>
+        <v>51</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>88</v>
+        <v>79</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="D15" s="1"/>
+        <v>18</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>80</v>
+      </c>
       <c r="E15" s="1" t="s">
-        <v>90</v>
+        <v>81</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>25</v>
+        <v>85</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>73</v>
+        <v>87</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>22</v>
+        <v>89</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="D17" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="F17" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="E17" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F17" s="1" t="s">
+      <c r="G17" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="G17" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H17" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>100</v>
+        <v>36</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>101</v>
+        <v>77</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>103</v>
+        <v>39</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
         <v>97</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>105</v>
+        <v>75</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H19" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="H20" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" s="1" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H23" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H24" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H25" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="G26" s="1" t="s">
         <v>22</v>
+      </c>
+      <c r="H26" s="1" t="s">
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>