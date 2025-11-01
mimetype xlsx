--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -12,573 +12,488 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <t>Trade Topic</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Host Country</t>
   </si>
   <si>
     <t>Venue</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>End Date</t>
   </si>
   <si>
     <t>Activity Type</t>
   </si>
   <si>
     <t>eAR Status</t>
   </si>
   <si>
+    <t>Dispute Settlement</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10698" hreflang="en"&gt;In-depth Course on WTO Dispute Settlement &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>01-12-2025</t>
+  </si>
+  <si>
+    <t>Fri, 01/23/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Virtual workshop - Global</t>
+  </si>
+  <si>
+    <t>Approved</t>
+  </si>
+  <si>
+    <t>Sanitary and phytosanitary measures (SPS)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10691" hreflang="en"&gt;National workshop on the WTO Agreement on the Application of Sanitary and Phytosanitary Measures (SPS Agreement).&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>San José</t>
+  </si>
+  <si>
+    <t>27-11-2025</t>
+  </si>
+  <si>
+    <t>Fri, 11/28/2025 - 00:00</t>
+  </si>
+  <si>
+    <t>National</t>
+  </si>
+  <si>
+    <t>Budget Section</t>
+  </si>
+  <si>
+    <t>Trade remedies</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10690" hreflang="en"&gt;WORKSHOP ON TRADE REMEDIES&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
     <t>Trade-Related Intellectual Property Rights (TRIPS)</t>
   </si>
   <si>
-    <t>&lt;a href="/node/10688" hreflang="en"&gt;VIRTUAL COURSE ON TRADE, INTELLECTUAL PROPERTY, AND PUBLIC HEALTH.&lt;/a&gt;</t>
+    <t>&lt;a href="/node/10688" hreflang="en"&gt;Virtual course on trade, intellectual property, and public health.&lt;/a&gt;</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>04-11-2025</t>
   </si>
   <si>
     <t>Thu, 11/06/2025 - 00:00</t>
   </si>
   <si>
     <t>Virtual workshop - National</t>
   </si>
   <si>
-    <t>Division</t>
-[...1 lines deleted...]
-  <si>
     <t>Trade in Services</t>
   </si>
   <si>
-    <t>&lt;a href="/node/10685" hreflang="en"&gt;WTO National Workshop on Good Regulatory Practices  for Trade in Services.&lt;br /&gt;
+    <t>&lt;a href="/node/10685" hreflang="en"&gt;WTO National Workshop on Good Regulatory Practices for Trade in Services.&lt;br /&gt;
 &lt;/a&gt;</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>Georgetown</t>
   </si>
   <si>
     <t>03-11-2025</t>
   </si>
   <si>
-    <t>National</t>
-[...7 lines deleted...]
-  <si>
     <t>&lt;a href="/node/10684" hreflang="en"&gt;WORKSHOP ON TRADE DEFENSE INVESTIGATIONS AT THE WTO.&lt;/a&gt;</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Montevideo</t>
   </si>
   <si>
-    <t>01-12-2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Wed, 12/03/2025 - 00:00</t>
   </si>
   <si>
-    <t>Approved</t>
-[...1 lines deleted...]
-  <si>
     <t>Multi topic</t>
   </si>
   <si>
     <t>&lt;a href="/node/10677" hreflang="en"&gt;WCP Launch event at Hamad Bin Khalifa University College of Law&lt;/a&gt;</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>Doha</t>
   </si>
   <si>
     <t>23-11-2025</t>
   </si>
   <si>
     <t>Sun, 11/23/2025 - 00:00</t>
   </si>
   <si>
     <t>TA by partners - National</t>
   </si>
   <si>
     <t>&lt;a href="/node/10671" hreflang="en"&gt;XXIV Short Virtual Course on Trade Policy for the Member Countries of the Latin American Integration Association.&lt;/a&gt;</t>
   </si>
   <si>
     <t>Virtual mode</t>
   </si>
   <si>
     <t>17-11-2025</t>
   </si>
   <si>
     <t>Tue, 11/25/2025 - 00:00</t>
   </si>
   <si>
     <t>Virtual workshop - Regional</t>
-  </si>
-[...19 lines deleted...]
-    <t>Wed, 10/15/2025 - 00:00</t>
   </si>
   <si>
     <t>Investment Facilitation for Development (IFD)</t>
   </si>
   <si>
     <t>&lt;a href="/node/10666" hreflang="en"&gt;NATIONAL WORKSHOP ON THE INVESTMENT FACILITATION FOR DEVELOPMENT (IFD) AGREEMENT&lt;br /&gt;
  &lt;/a&gt;</t>
   </si>
   <si>
     <t>Saudi Arabia, Kingdom of</t>
   </si>
   <si>
     <t>Riyadh</t>
   </si>
   <si>
     <t>11-11-2025</t>
   </si>
   <si>
     <t>Wed, 11/12/2025 - 00:00</t>
   </si>
   <si>
+    <t>ITTC officer</t>
+  </si>
+  <si>
+    <t>Market Access for Trade in Goods</t>
+  </si>
+  <si>
     <t>&lt;a href="/node/10659" hreflang="en"&gt;NATIONAL WORKSHOP FOR JAMAICA ON INDUSTRIAL POLICY AND THE WTO, TARIFFS, IMPORT LICENSING, AND QUANTITATIVE RESTRICTIONS. &lt;/a&gt;</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Kingston, Jamaica</t>
   </si>
   <si>
     <t>10-11-2025</t>
   </si>
   <si>
     <t>Wed, 11/19/2025 - 00:00</t>
   </si>
   <si>
     <t>Agriculture</t>
   </si>
   <si>
     <t>&lt;a href="/node/10654" hreflang="en"&gt;44th Round of Consultations on Cotton Development Assistance&lt;/a&gt;</t>
   </si>
   <si>
-    <t>Switzerland</t>
-[...1 lines deleted...]
-  <si>
     <t>WTO, Geneva</t>
   </si>
   <si>
     <t>19-11-2025</t>
   </si>
   <si>
     <t>Regional course/Workshop</t>
   </si>
   <si>
     <t>&lt;a href="/node/10652" hreflang="en"&gt;Singapore-WTO 6th Trade Policy Dialogue on the World Trading System&lt;/a&gt;</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
-    <t>24-11-2025</t>
-[...2 lines deleted...]
-    <t>Wed, 11/26/2025 - 00:00</t>
+    <t>13-01-2026</t>
+  </si>
+  <si>
+    <t>Thu, 01/15/2026 - 00:00</t>
   </si>
   <si>
     <t>Global</t>
   </si>
   <si>
     <t>Ittc Officer</t>
-  </si>
-[...13 lines deleted...]
-    <t>Wed, 10/22/2025 - 00:00</t>
   </si>
   <si>
     <t>&lt;a href="/node/10650" hreflang="en"&gt;Technical Workshop to develop priority Investment and Technical Cooperation projects of the C4+ in the Cotton-Textile-Garment Value Chain&lt;br /&gt;
 &lt;/a&gt;</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>Bamako</t>
   </si>
   <si>
     <t>Tue, 11/11/2025 - 00:00</t>
   </si>
   <si>
-    <t>&lt;a href="/node/10649" hreflang="en"&gt;HIGH-LEVEL FORUM ON THE CAREC REGION AND THE MULTILATERAL TRADING SYSTEM: DEEPENING INTEGRATION IN CENTRAL ASIA AND BEYOND &lt;/a&gt;</t>
-[...10 lines deleted...]
-  <si>
     <t>Transparency</t>
   </si>
   <si>
-    <t>&lt;a href="/node/10645" hreflang="en"&gt;National Workshop on WTO Notification Requirements&lt;/a&gt;</t>
-[...17 lines deleted...]
-  <si>
     <t>&lt;a href="/node/10643" hreflang="en"&gt;National Workshop on WTO Notification Requirements&lt;/a&gt;</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>TBC</t>
   </si>
   <si>
     <t>Fri, 11/07/2025 - 00:00</t>
   </si>
   <si>
-    <t>&lt;a href="/node/10640" hreflang="en"&gt;National Workshop on Trade in Services&lt;/a&gt;</t>
-[...13 lines deleted...]
-  <si>
     <t>Import Licensing</t>
   </si>
   <si>
     <t>&lt;a href="/node/10639" hreflang="en"&gt;National Workshop on Import Licensing Procedures and Notifications&lt;/a&gt;</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Gaborone</t>
   </si>
   <si>
+    <t>25-11-2025</t>
+  </si>
+  <si>
+    <t>Thu, 11/27/2025 - 00:00</t>
+  </si>
+  <si>
+    <t>E-commerce</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10635" hreflang="en"&gt;National Workshop on e-Commerce&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Mauritius</t>
+  </si>
+  <si>
+    <t>Port Louis</t>
+  </si>
+  <si>
+    <t>Wed, 11/05/2025 - 00:00</t>
+  </si>
+  <si>
+    <t>Environment</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10633" hreflang="en"&gt;National workshop on trade and climate change. &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Guatemala City</t>
+  </si>
+  <si>
     <t>18-11-2025</t>
   </si>
   <si>
     <t>Thu, 11/20/2025 - 00:00</t>
-  </si>
-[...31 lines deleted...]
-    <t>Guatemala City</t>
   </si>
   <si>
     <t>&lt;a href="/node/10631" hreflang="en"&gt;Thematic Course on Trade in Services for Development&lt;/a&gt;</t>
   </si>
   <si>
     <t>WTO</t>
   </si>
   <si>
     <t>Fri, 12/05/2025 - 00:00</t>
   </si>
   <si>
     <t>Thematic course/Workshop</t>
   </si>
   <si>
     <t>Statistics</t>
   </si>
   <si>
     <t>&lt;a href="/node/10627" hreflang="en"&gt;AMF-WTO REGIONAL WORKSHOP ON TRADE POLICY ANALYSIS FOR ARAB COUNTRIES&lt;br /&gt;
 &lt;/a&gt;</t>
   </si>
   <si>
+    <t>United Arab Emirates</t>
+  </si>
+  <si>
     <t>AMF - Abu Dhabi</t>
   </si>
   <si>
     <t>Thu, 11/13/2025 - 00:00</t>
   </si>
   <si>
     <t>Fisheries Subsidies</t>
   </si>
   <si>
     <t>&lt;a href="/node/10625" hreflang="en"&gt;WTO-IMF-CEF REGIONAL WORKSHOP ON FISHERIES SUBSIDIES FOR ARAB AND MIDDLE EAST COUNTRIES&lt;br /&gt;
 &lt;/a&gt;</t>
   </si>
   <si>
     <t>Kuwait, the State of</t>
   </si>
   <si>
     <t>IMF-CEF center</t>
   </si>
   <si>
-    <t>25-11-2025</t>
-[...4 lines deleted...]
-  <si>
     <t>&lt;a href="/node/10621" hreflang="en"&gt;NATIONAL WORKSHOP ON THE TRIPS AGREEMENT - IPR ENFORCEMENT IN MOLDOVA: INTERNATIONAL STANDARDS AND BEST PRACTICES FOR DOMESTIC IMPLEMENTATION&lt;br /&gt;
 &lt;/a&gt;</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>Chisinau</t>
   </si>
   <si>
-    <t>27-11-2025</t>
-[...19 lines deleted...]
-  <si>
     <t>&lt;a href="/node/10591" hreflang="en"&gt;Netherlands Talent Programme (NTP)&lt;/a&gt;</t>
   </si>
   <si>
     <t>02-03-2026</t>
   </si>
   <si>
     <t>Fri, 12/11/2026 - 00:00</t>
   </si>
   <si>
     <t>Netherlands Talent Programme</t>
   </si>
   <si>
     <t>&lt;a href="/node/10590" hreflang="en"&gt;French-Irish Mission Programme (FIMiP)&lt;/a&gt;</t>
   </si>
   <si>
     <t>French Irish Mission Programme</t>
   </si>
   <si>
     <t>&lt;a href="/node/10563" hreflang="en"&gt;Regional Workshop on Measuring Digital Trade in Services for COMESA member states&lt;/a&gt;</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Nairobi</t>
   </si>
   <si>
     <t>09-12-2025</t>
   </si>
   <si>
     <t>Fri, 12/12/2025 - 00:00</t>
   </si>
   <si>
-    <t>Dispute Settlement</t>
-[...1 lines deleted...]
-  <si>
     <t>&lt;a href="/node/10509" hreflang="en"&gt;National course on dispute settlement. &lt;/a&gt;</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
     <t>Santo Domingo, República Dominicana</t>
   </si>
   <si>
     <t>05-11-2025</t>
   </si>
   <si>
     <t>Trade Negotiations Skills</t>
   </si>
   <si>
     <t>&lt;a href="/node/10502" hreflang="en"&gt; WTO National Workshop on Trade Negotiation Skills&lt;/a&gt;</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Brasilia</t>
   </si>
   <si>
-    <t>Sanitary and phytosanitary measures (SPS)</t>
-[...1 lines deleted...]
-  <si>
     <t>&lt;a href="/node/10485" hreflang="en"&gt;Workshop on the Agreement on the Application of Sanitary and Phytosanitary Measures (SPS Agreement)&lt;/a&gt;</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>New Delhi</t>
   </si>
   <si>
     <t>&lt;a href="/node/10471" hreflang="en"&gt;Post-Trade Policy Review Follow-up Workshop in Abuja and Lagos&lt;/a&gt;</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Abuja and Lagos</t>
-  </si>
-[...10 lines deleted...]
-    <t>Regional Trade Policy Course</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -885,66 +800,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H37"/>
+  <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H37"/>
+      <selection activeCell="A1" sqref="A1:H29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="216.947" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="36.42" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -970,929 +885,729 @@
       </c>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="D5" s="1"/>
+      <c r="E5" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="D5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="E5" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H5" s="1" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B6" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="E6" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="D6" s="1"/>
-[...2 lines deleted...]
-      </c>
       <c r="F6" s="1" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="B7" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="C7" s="1" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="G7" s="1" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="D8" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="C8" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D8" s="1"/>
       <c r="E8" s="1" t="s">
         <v>46</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>47</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="D9" s="1" t="s">
+      <c r="D9" s="1"/>
+      <c r="E9" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="E9" s="1" t="s">
+      <c r="F9" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="F9" s="1" t="s">
+      <c r="G9" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="G9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H9" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>29</v>
+        <v>67</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C12" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="D12" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G12" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>70</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>74</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>75</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>20</v>
+        <v>76</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>28</v>
+        <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
-        <v>29</v>
+        <v>82</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>82</v>
+        <v>30</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>29</v>
+        <v>93</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="D17" s="1"/>
+        <v>95</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="E17" s="1" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>47</v>
+        <v>97</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1" t="s">
-        <v>84</v>
+        <v>98</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>11</v>
+        <v>101</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>96</v>
+        <v>10</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>98</v>
+        <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>20</v>
+        <v>106</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>104</v>
+        <v>65</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>20</v>
+        <v>71</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1" t="s">
-        <v>59</v>
+        <v>112</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D21" s="1"/>
+        <v>114</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>115</v>
+      </c>
       <c r="E21" s="1" t="s">
-        <v>107</v>
+        <v>91</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>108</v>
+        <v>92</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1" t="s">
-        <v>109</v>
+        <v>27</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>113</v>
+        <v>20</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1" t="s">
-        <v>114</v>
+        <v>42</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>116</v>
+        <v>69</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>104</v>
+        <v>120</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>20</v>
+        <v>122</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>61</v>
+        <v>10</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>118</v>
+        <v>69</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>26</v>
+        <v>120</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1" t="s">
-        <v>121</v>
+        <v>93</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>90</v>
+        <v>126</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>57</v>
+        <v>128</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1" t="s">
-        <v>125</v>
+        <v>8</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>130</v>
+        <v>86</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1" t="s">
-        <v>8</v>
+        <v>134</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>134</v>
+        <v>91</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>135</v>
+        <v>20</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>136</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>92</v>
+        <v>139</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>99</v>
+        <v>66</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="D29" s="1"/>
+        <v>142</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>143</v>
+      </c>
       <c r="E29" s="1" t="s">
-        <v>46</v>
+        <v>101</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>135</v>
+        <v>102</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>140</v>
+        <v>21</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>28</v>
-[...207 lines deleted...]
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>