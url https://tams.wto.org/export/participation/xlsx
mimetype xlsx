--- v1 (2025-11-01)
+++ v2 (2025-11-24)
@@ -12,488 +12,364 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>Trade Topic</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Host Country</t>
   </si>
   <si>
     <t>Venue</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>End Date</t>
   </si>
   <si>
     <t>Activity Type</t>
   </si>
   <si>
     <t>eAR Status</t>
   </si>
   <si>
     <t>Dispute Settlement</t>
   </si>
   <si>
+    <t>&lt;a href="/node/10718" hreflang="en"&gt;MODULE ON DISPUTE SETTLEMENT.&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Guatemala</t>
+  </si>
+  <si>
+    <t>08-12-2025</t>
+  </si>
+  <si>
+    <t>Wed, 12/10/2025 - 00:00</t>
+  </si>
+  <si>
+    <t>Virtual workshop - National</t>
+  </si>
+  <si>
+    <t>Approved</t>
+  </si>
+  <si>
+    <t>Environment</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10715" hreflang="en"&gt;National Activity on Trade and Environment&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>Bangkok</t>
+  </si>
+  <si>
+    <t>26-11-2025</t>
+  </si>
+  <si>
+    <t>Fri, 11/28/2025 - 00:00</t>
+  </si>
+  <si>
+    <t>National</t>
+  </si>
+  <si>
+    <t>Multi topic</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10707" hreflang="en"&gt;The Young Professionals Programme (YPP)&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>WTO, Geneva</t>
+  </si>
+  <si>
+    <t>12-01-2026</t>
+  </si>
+  <si>
+    <t>Fri, 12/18/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Young Professionals Programme</t>
+  </si>
+  <si>
     <t>&lt;a href="/node/10698" hreflang="en"&gt;In-depth Course on WTO Dispute Settlement &lt;/a&gt;</t>
   </si>
   <si>
-    <t>Switzerland</t>
-[...1 lines deleted...]
-  <si>
     <t>01-12-2025</t>
   </si>
   <si>
     <t>Fri, 01/23/2026 - 00:00</t>
   </si>
   <si>
     <t>Virtual workshop - Global</t>
   </si>
   <si>
-    <t>Approved</t>
+    <t>Accession</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10696" hreflang="en"&gt;TECHNICAL WORKING SESSIONS ON THE PREPARATION OF THE DRAFT WORKING PARTY REPORT AND OTHER ACCESSION DOCUMENTATION FOR THE 7TH WORKING PARTY MEETING &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Ethiopia</t>
+  </si>
+  <si>
+    <t>Addis Ababa</t>
+  </si>
+  <si>
+    <t>Division</t>
   </si>
   <si>
     <t>Sanitary and phytosanitary measures (SPS)</t>
   </si>
   <si>
     <t>&lt;a href="/node/10691" hreflang="en"&gt;National workshop on the WTO Agreement on the Application of Sanitary and Phytosanitary Measures (SPS Agreement).&lt;/a&gt;</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>San José</t>
   </si>
   <si>
     <t>27-11-2025</t>
   </si>
   <si>
-    <t>Fri, 11/28/2025 - 00:00</t>
-[...4 lines deleted...]
-  <si>
     <t>Budget Section</t>
   </si>
   <si>
     <t>Trade remedies</t>
   </si>
   <si>
     <t>&lt;a href="/node/10690" hreflang="en"&gt;WORKSHOP ON TRADE REMEDIES&lt;/a&gt;</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Buenos Aires</t>
   </si>
   <si>
-    <t>Trade-Related Intellectual Property Rights (TRIPS)</t>
-[...14 lines deleted...]
-    <t>Virtual workshop - National</t>
+    <t>&lt;a href="/node/10684" hreflang="en"&gt;WORKSHOP ON TRADE DEFENSE INVESTIGATIONS AT THE WTO.&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Uruguay</t>
+  </si>
+  <si>
+    <t>Montevideo</t>
+  </si>
+  <si>
+    <t>Wed, 12/03/2025 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10652" hreflang="en"&gt;Singapore-WTO 6th Trade Policy Dialogue on the World Trading System&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>13-01-2026</t>
+  </si>
+  <si>
+    <t>Thu, 01/15/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Global</t>
+  </si>
+  <si>
+    <t>Import Licensing</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10639" hreflang="en"&gt;National Workshop on Import Licensing Procedures and Notifications&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Botswana</t>
+  </si>
+  <si>
+    <t>Gaborone</t>
+  </si>
+  <si>
+    <t>25-11-2025</t>
+  </si>
+  <si>
+    <t>Thu, 11/27/2025 - 00:00</t>
   </si>
   <si>
     <t>Trade in Services</t>
   </si>
   <si>
-    <t>&lt;a href="/node/10685" hreflang="en"&gt;WTO National Workshop on Good Regulatory Practices for Trade in Services.&lt;br /&gt;
-[...208 lines deleted...]
-  <si>
     <t>&lt;a href="/node/10631" hreflang="en"&gt;Thematic Course on Trade in Services for Development&lt;/a&gt;</t>
   </si>
   <si>
     <t>WTO</t>
   </si>
   <si>
     <t>Fri, 12/05/2025 - 00:00</t>
   </si>
   <si>
     <t>Thematic course/Workshop</t>
-  </si>
-[...14 lines deleted...]
-    <t>Thu, 11/13/2025 - 00:00</t>
   </si>
   <si>
     <t>Fisheries Subsidies</t>
   </si>
   <si>
     <t>&lt;a href="/node/10625" hreflang="en"&gt;WTO-IMF-CEF REGIONAL WORKSHOP ON FISHERIES SUBSIDIES FOR ARAB AND MIDDLE EAST COUNTRIES&lt;br /&gt;
 &lt;/a&gt;</t>
   </si>
   <si>
     <t>Kuwait, the State of</t>
   </si>
   <si>
     <t>IMF-CEF center</t>
   </si>
   <si>
+    <t>Regional course/Workshop</t>
+  </si>
+  <si>
+    <t>Trade-Related Intellectual Property Rights (TRIPS)</t>
+  </si>
+  <si>
     <t>&lt;a href="/node/10621" hreflang="en"&gt;NATIONAL WORKSHOP ON THE TRIPS AGREEMENT - IPR ENFORCEMENT IN MOLDOVA: INTERNATIONAL STANDARDS AND BEST PRACTICES FOR DOMESTIC IMPLEMENTATION&lt;br /&gt;
 &lt;/a&gt;</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>Chisinau</t>
   </si>
   <si>
     <t>&lt;a href="/node/10591" hreflang="en"&gt;Netherlands Talent Programme (NTP)&lt;/a&gt;</t>
   </si>
   <si>
     <t>02-03-2026</t>
   </si>
   <si>
     <t>Fri, 12/11/2026 - 00:00</t>
   </si>
   <si>
     <t>Netherlands Talent Programme</t>
   </si>
   <si>
     <t>&lt;a href="/node/10590" hreflang="en"&gt;French-Irish Mission Programme (FIMiP)&lt;/a&gt;</t>
   </si>
   <si>
     <t>French Irish Mission Programme</t>
   </si>
   <si>
+    <t>E-commerce</t>
+  </si>
+  <si>
     <t>&lt;a href="/node/10563" hreflang="en"&gt;Regional Workshop on Measuring Digital Trade in Services for COMESA member states&lt;/a&gt;</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Nairobi</t>
   </si>
   <si>
     <t>09-12-2025</t>
   </si>
   <si>
     <t>Fri, 12/12/2025 - 00:00</t>
   </si>
   <si>
-    <t>&lt;a href="/node/10509" hreflang="en"&gt;National course on dispute settlement. &lt;/a&gt;</t>
-[...8 lines deleted...]
-    <t>05-11-2025</t>
+    <t>&lt;a href="/node/10557" hreflang="en"&gt;Regional workshop for French-speaking African countries on Trade in Services and Digital Trade. &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Benin</t>
+  </si>
+  <si>
+    <t>Cotonou</t>
+  </si>
+  <si>
+    <t>09-02-2026</t>
+  </si>
+  <si>
+    <t>Thu, 02/12/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>ITTC officer</t>
   </si>
   <si>
     <t>Trade Negotiations Skills</t>
   </si>
   <si>
     <t>&lt;a href="/node/10502" hreflang="en"&gt; WTO National Workshop on Trade Negotiation Skills&lt;/a&gt;</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Brasilia</t>
   </si>
   <si>
-    <t>&lt;a href="/node/10485" hreflang="en"&gt;Workshop on the Agreement on the Application of Sanitary and Phytosanitary Measures (SPS Agreement)&lt;/a&gt;</t>
-[...14 lines deleted...]
-    <t>Abuja and Lagos</t>
+    <t>Statistics</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/9685" hreflang="en"&gt;National workshop on WTO data bases, regional integration and trade policy&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Senegal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dakar </t>
+  </si>
+  <si>
+    <t>03-12-2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -800,62 +676,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H29"/>
+  <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H29"/>
+      <selection activeCell="A1" sqref="A1:H20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="216.947" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="222.803" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
@@ -891,722 +767,490 @@
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C4" s="1" t="s">
+      <c r="D4" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="D4" s="1" t="s">
+      <c r="E4" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="1" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="D5" s="1"/>
       <c r="E5" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>32</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E8" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F8" s="1" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B9" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D9" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="D9" s="1"/>
       <c r="E9" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="F9" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="F9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G9" s="1" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="F10" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="G10" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="D10" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H10" s="1" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="E11" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="F11" s="1" t="s">
         <v>62</v>
-      </c>
-[...10 lines deleted...]
-        <v>66</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>70</v>
+        <v>30</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>66</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="B13" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="C13" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H13" s="1" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>65</v>
+        <v>42</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>81</v>
+        <v>20</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="H14" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
-        <v>82</v>
+        <v>22</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>84</v>
+        <v>24</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>85</v>
+        <v>25</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>30</v>
+        <v>78</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>90</v>
+        <v>25</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>91</v>
+        <v>78</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>92</v>
+        <v>79</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>21</v>
+        <v>82</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>30</v>
+        <v>87</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>21</v>
+        <v>72</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1" t="s">
-        <v>98</v>
+        <v>63</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>99</v>
+        <v>89</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>101</v>
+        <v>92</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>21</v>
+        <v>72</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>10</v>
+        <v>97</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>11</v>
+        <v>61</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>106</v>
+        <v>21</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>65</v>
+        <v>103</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>111</v>
+        <v>66</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>14</v>
-[...232 lines deleted...]
-      <c r="H29" s="1" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>