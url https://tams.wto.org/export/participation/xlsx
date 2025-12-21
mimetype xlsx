--- v2 (2025-11-24)
+++ v3 (2025-12-21)
@@ -12,364 +12,254 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Trade Topic</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Host Country</t>
   </si>
   <si>
     <t>Venue</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>End Date</t>
   </si>
   <si>
     <t>Activity Type</t>
   </si>
   <si>
     <t>eAR Status</t>
   </si>
   <si>
-    <t>Dispute Settlement</t>
-[...11 lines deleted...]
-    <t>Wed, 12/10/2025 - 00:00</t>
+    <t>Government Procurement</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10757" hreflang="en"&gt;Advanced Global Workshop on the Agreement on Government Procurement (GPA) 2012&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>WTO</t>
+  </si>
+  <si>
+    <t>20-04-2026</t>
+  </si>
+  <si>
+    <t>Fri, 04/24/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Thematic course/Workshop</t>
+  </si>
+  <si>
+    <t>Division</t>
+  </si>
+  <si>
+    <t>Transparency</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10756" hreflang="en"&gt;National Workshop on Transparency Mechanisms and Notifications&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Kazakhstan</t>
+  </si>
+  <si>
+    <t>ASTANA</t>
+  </si>
+  <si>
+    <t>24-02-2026</t>
+  </si>
+  <si>
+    <t>Thu, 02/26/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>National</t>
+  </si>
+  <si>
+    <t>Ittc Officer</t>
+  </si>
+  <si>
+    <t>Trade-Related Intellectual Property Rights (TRIPS)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10755" hreflang="en"&gt;WTO Virtual Trainings on the TRIPS Agreement and Bangladesh&amp;#039;s LDC Graduation&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>02-03-2026</t>
+  </si>
+  <si>
+    <t>Mon, 03/16/2026 - 00:00</t>
   </si>
   <si>
     <t>Virtual workshop - National</t>
   </si>
   <si>
+    <t>Multi topic</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10749" hreflang="en"&gt;Group Coordinators Support Programme (GCSP) - Assistance to the Group coordinator in fulfilling the coordination-related activities&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>WTO, Geneva</t>
+  </si>
+  <si>
+    <t>12-01-2026</t>
+  </si>
+  <si>
+    <t>Fri, 12/18/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Group Coordinators Support Programme</t>
+  </si>
+  <si>
+    <t>ITTC Director</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10732" hreflang="en"&gt;China General Internship Programme&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Geneva</t>
+  </si>
+  <si>
+    <t>02-02-2026</t>
+  </si>
+  <si>
+    <t>General Internship Programme</t>
+  </si>
+  <si>
     <t>Approved</t>
   </si>
   <si>
-    <t>Environment</t>
-[...22 lines deleted...]
-  <si>
     <t>&lt;a href="/node/10707" hreflang="en"&gt;The Young Professionals Programme (YPP)&lt;/a&gt;</t>
   </si>
   <si>
-    <t>Switzerland</t>
-[...10 lines deleted...]
-  <si>
     <t>Young Professionals Programme</t>
   </si>
   <si>
-    <t>&lt;a href="/node/10698" hreflang="en"&gt;In-depth Course on WTO Dispute Settlement &lt;/a&gt;</t>
-[...43 lines deleted...]
-  <si>
     <t>Trade remedies</t>
   </si>
   <si>
-    <t>&lt;a href="/node/10690" hreflang="en"&gt;WORKSHOP ON TRADE REMEDIES&lt;/a&gt;</t>
-[...17 lines deleted...]
-    <t>Wed, 12/03/2025 - 00:00</t>
+    <t>&lt;a href="/node/10700" hreflang="en"&gt;National Workshop on WTO Trade Remedies&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Sri Lanka</t>
+  </si>
+  <si>
+    <t>Colombo</t>
+  </si>
+  <si>
+    <t>27-01-2026</t>
+  </si>
+  <si>
+    <t>Thu, 01/29/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>ITTC officer</t>
   </si>
   <si>
     <t>&lt;a href="/node/10652" hreflang="en"&gt;Singapore-WTO 6th Trade Policy Dialogue on the World Trading System&lt;/a&gt;</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>13-01-2026</t>
   </si>
   <si>
     <t>Thu, 01/15/2026 - 00:00</t>
   </si>
   <si>
     <t>Global</t>
   </si>
   <si>
-    <t>Import Licensing</t>
-[...14 lines deleted...]
-    <t>Thu, 11/27/2025 - 00:00</t>
+    <t>&lt;a href="/node/10591" hreflang="en"&gt;Netherlands Talent Programme (NTP)&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Fri, 12/11/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Netherlands Talent Programme</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10590" hreflang="en"&gt;French-Irish Mission Programme (FIMiP)&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>French Irish Mission Programme</t>
   </si>
   <si>
     <t>Trade in Services</t>
   </si>
   <si>
-    <t>&lt;a href="/node/10631" hreflang="en"&gt;Thematic Course on Trade in Services for Development&lt;/a&gt;</t>
-[...21 lines deleted...]
-    <t>IMF-CEF center</t>
+    <t>&lt;a href="/node/10557" hreflang="en"&gt;Regional workshop for French-speaking African countries on Trade in Services and Digital Trade. &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Benin</t>
+  </si>
+  <si>
+    <t>Cotonou</t>
+  </si>
+  <si>
+    <t>13-04-2026</t>
+  </si>
+  <si>
+    <t>Fri, 04/17/2026 - 00:00</t>
   </si>
   <si>
     <t>Regional course/Workshop</t>
-  </si>
-[...92 lines deleted...]
-    <t>03-12-2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -676,582 +566,376 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H20"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H20"/>
+      <selection activeCell="A1" sqref="A1:H12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="222.803" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="202.808" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="36.42" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="16.425" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D2" s="1"/>
+      <c r="D2" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="E2" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="D4" s="1"/>
       <c r="E4" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="D5" s="1"/>
+        <v>10</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="E5" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B6" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="C6" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G6" s="1" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="D7" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>41</v>
-      </c>
-[...10 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>53</v>
+        <v>10</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F11" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D11" s="1" t="s">
+      <c r="G11" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="E11" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H11" s="1" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="D12" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C12" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D12" s="1" t="s">
+      <c r="E12" s="1" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>66</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>67</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>14</v>
-[...207 lines deleted...]
-        <v>14</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>