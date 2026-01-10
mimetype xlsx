--- v3 (2025-12-21)
+++ v4 (2026-01-10)
@@ -12,203 +12,251 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>Trade Topic</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Host Country</t>
   </si>
   <si>
     <t>Venue</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>End Date</t>
   </si>
   <si>
     <t>Activity Type</t>
   </si>
   <si>
     <t>eAR Status</t>
   </si>
   <si>
+    <t>Standards (SPS, TBT)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10773" hreflang="en"&gt;OMAN- National workshop on SPS-TBT &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Oman</t>
+  </si>
+  <si>
+    <t>Muscat</t>
+  </si>
+  <si>
+    <t>05-04-2026</t>
+  </si>
+  <si>
+    <t>Tue, 04/07/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>National</t>
+  </si>
+  <si>
+    <t>Division</t>
+  </si>
+  <si>
+    <t>Accession</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10772" hreflang="en"&gt;National Workshop on the Accession of Azerbaijan &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Azerbaijan</t>
+  </si>
+  <si>
+    <t>Baku</t>
+  </si>
+  <si>
+    <t>11-02-2026</t>
+  </si>
+  <si>
+    <t>Thu, 02/12/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Budget Section</t>
+  </si>
+  <si>
+    <t>Trade remedies</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10758" hreflang="en"&gt;National Workshop on Trade Remedies.&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>Brasilia</t>
+  </si>
+  <si>
+    <t>19-01-2026</t>
+  </si>
+  <si>
+    <t>Wed, 01/21/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Approved</t>
+  </si>
+  <si>
     <t>Government Procurement</t>
   </si>
   <si>
     <t>&lt;a href="/node/10757" hreflang="en"&gt;Advanced Global Workshop on the Agreement on Government Procurement (GPA) 2012&lt;/a&gt;</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>WTO</t>
   </si>
   <si>
     <t>20-04-2026</t>
   </si>
   <si>
     <t>Fri, 04/24/2026 - 00:00</t>
   </si>
   <si>
     <t>Thematic course/Workshop</t>
   </si>
   <si>
-    <t>Division</t>
-[...1 lines deleted...]
-  <si>
     <t>Transparency</t>
   </si>
   <si>
     <t>&lt;a href="/node/10756" hreflang="en"&gt;National Workshop on Transparency Mechanisms and Notifications&lt;/a&gt;</t>
   </si>
   <si>
     <t>Kazakhstan</t>
   </si>
   <si>
-    <t>ASTANA</t>
+    <t>Astana</t>
   </si>
   <si>
     <t>24-02-2026</t>
   </si>
   <si>
     <t>Thu, 02/26/2026 - 00:00</t>
   </si>
   <si>
-    <t>National</t>
-[...4 lines deleted...]
-  <si>
     <t>Trade-Related Intellectual Property Rights (TRIPS)</t>
   </si>
   <si>
     <t>&lt;a href="/node/10755" hreflang="en"&gt;WTO Virtual Trainings on the TRIPS Agreement and Bangladesh&amp;#039;s LDC Graduation&lt;/a&gt;</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>02-03-2026</t>
   </si>
   <si>
     <t>Mon, 03/16/2026 - 00:00</t>
   </si>
   <si>
     <t>Virtual workshop - National</t>
   </si>
   <si>
     <t>Multi topic</t>
   </si>
   <si>
     <t>&lt;a href="/node/10749" hreflang="en"&gt;Group Coordinators Support Programme (GCSP) - Assistance to the Group coordinator in fulfilling the coordination-related activities&lt;/a&gt;</t>
   </si>
   <si>
     <t>WTO, Geneva</t>
   </si>
   <si>
     <t>12-01-2026</t>
   </si>
   <si>
     <t>Fri, 12/18/2026 - 00:00</t>
   </si>
   <si>
     <t>Group Coordinators Support Programme</t>
   </si>
   <si>
-    <t>ITTC Director</t>
-[...1 lines deleted...]
-  <si>
     <t>&lt;a href="/node/10732" hreflang="en"&gt;China General Internship Programme&lt;/a&gt;</t>
   </si>
   <si>
     <t>Geneva</t>
   </si>
   <si>
     <t>02-02-2026</t>
   </si>
   <si>
     <t>General Internship Programme</t>
   </si>
   <si>
-    <t>Approved</t>
-[...1 lines deleted...]
-  <si>
     <t>&lt;a href="/node/10707" hreflang="en"&gt;The Young Professionals Programme (YPP)&lt;/a&gt;</t>
   </si>
   <si>
     <t>Young Professionals Programme</t>
   </si>
   <si>
-    <t>Trade remedies</t>
-[...1 lines deleted...]
-  <si>
     <t>&lt;a href="/node/10700" hreflang="en"&gt;National Workshop on WTO Trade Remedies&lt;/a&gt;</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Colombo</t>
   </si>
   <si>
     <t>27-01-2026</t>
   </si>
   <si>
     <t>Thu, 01/29/2026 - 00:00</t>
   </si>
   <si>
-    <t>ITTC officer</t>
+    <t>TAME(1)</t>
   </si>
   <si>
     <t>&lt;a href="/node/10652" hreflang="en"&gt;Singapore-WTO 6th Trade Policy Dialogue on the World Trading System&lt;/a&gt;</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>13-01-2026</t>
   </si>
   <si>
     <t>Thu, 01/15/2026 - 00:00</t>
   </si>
   <si>
     <t>Global</t>
   </si>
   <si>
     <t>&lt;a href="/node/10591" hreflang="en"&gt;Netherlands Talent Programme (NTP)&lt;/a&gt;</t>
   </si>
   <si>
     <t>Fri, 12/11/2026 - 00:00</t>
   </si>
   <si>
     <t>Netherlands Talent Programme</t>
   </si>
@@ -216,50 +264,65 @@
     <t>&lt;a href="/node/10590" hreflang="en"&gt;French-Irish Mission Programme (FIMiP)&lt;/a&gt;</t>
   </si>
   <si>
     <t>French Irish Mission Programme</t>
   </si>
   <si>
     <t>Trade in Services</t>
   </si>
   <si>
     <t>&lt;a href="/node/10557" hreflang="en"&gt;Regional workshop for French-speaking African countries on Trade in Services and Digital Trade. &lt;/a&gt;</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
     <t>Cotonou</t>
   </si>
   <si>
     <t>13-04-2026</t>
   </si>
   <si>
     <t>Fri, 04/17/2026 - 00:00</t>
   </si>
   <si>
     <t>Regional course/Workshop</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10514" hreflang="en"&gt;WTO NATIONAL SEMINAR ON TRADE IN SERVICES&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>Amman</t>
+  </si>
+  <si>
+    <t>15-02-2026</t>
+  </si>
+  <si>
+    <t>Wed, 02/18/2026 - 00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -566,66 +629,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H12"/>
+      <selection activeCell="A1" sqref="A1:H16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -656,286 +719,390 @@
       </c>
       <c r="H2" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" s="1" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C4" s="1" t="s">
+      <c r="D4" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="D4" s="1"/>
       <c r="E4" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" s="1" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="D7" s="1"/>
       <c r="E7" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="E9" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="F9" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="F9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G9" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>10</v>
+        <v>62</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>41</v>
+        <v>29</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="H13" s="1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="H15" s="1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" s="1" t="s">
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>