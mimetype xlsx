--- v4 (2026-01-10)
+++ v5 (2026-02-08)
@@ -12,305 +12,317 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Trade Topic</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Host Country</t>
   </si>
   <si>
     <t>Venue</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>End Date</t>
   </si>
   <si>
     <t>Activity Type</t>
   </si>
   <si>
     <t>eAR Status</t>
   </si>
   <si>
+    <t>Transparency</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10795" hreflang="en"&gt;National workshop on the follow up of the trade policy review of Burundi and notification requirements&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Burundi</t>
+  </si>
+  <si>
+    <t>Bujumbura</t>
+  </si>
+  <si>
+    <t>24-02-2026</t>
+  </si>
+  <si>
+    <t>Fri, 02/27/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>National</t>
+  </si>
+  <si>
+    <t>Approved</t>
+  </si>
+  <si>
+    <t>Multi topic</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10789" hreflang="en"&gt;8th South-South Dialogue on Trade and Development&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>Geneva</t>
+  </si>
+  <si>
+    <t>06-03-2026</t>
+  </si>
+  <si>
+    <t>Fri, 03/06/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Global</t>
+  </si>
+  <si>
+    <t>Trade Negotiations Skills</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10787" hreflang="en"&gt;NATIONAL WORKSHOP ON TRADE NEGOTIATION SKILLS&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Oman</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Muscat </t>
+  </si>
+  <si>
+    <t>19-04-2026</t>
+  </si>
+  <si>
+    <t>Wed, 04/22/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10783" hreflang="en"&gt;WTO Introductory Trade Policy Course for LDCs&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>WTO</t>
+  </si>
+  <si>
+    <t>20-04-2026</t>
+  </si>
+  <si>
+    <t>Fri, 05/08/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Other global activity</t>
+  </si>
+  <si>
+    <t>Trade-Related Intellectual Property Rights (TRIPS)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10782" hreflang="en"&gt;Workshop on the implementation of Article 66.2 of the TRIPS Agreement: Incentives for Technology Transfer to LDCs&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>21-04-2026</t>
+  </si>
+  <si>
+    <t>Thu, 04/23/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Thematic course/Workshop</t>
+  </si>
+  <si>
+    <t>Other issues</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10781" hreflang="en"&gt;IFC-WTO Trade Finance Workshop - Capacity Building for Banks and SMEs&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Tanzania</t>
+  </si>
+  <si>
+    <t>Dar es Salaam</t>
+  </si>
+  <si>
+    <t>11-06-2026</t>
+  </si>
+  <si>
+    <t>Fri, 06/12/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Accession</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10780" hreflang="en"&gt;14th China Round Table on WTO Accessions - The Value of WTO Accession in the Multilateral Trading System&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Cameroon</t>
+  </si>
+  <si>
+    <t>Yaoundé, Cameroon</t>
+  </si>
+  <si>
+    <t>25-03-2026</t>
+  </si>
+  <si>
+    <t>Wed, 03/25/2026 - 00:00</t>
+  </si>
+  <si>
     <t>Standards (SPS, TBT)</t>
   </si>
   <si>
-    <t>&lt;a href="/node/10773" hreflang="en"&gt;OMAN- National workshop on SPS-TBT &lt;/a&gt;</t>
-[...2 lines deleted...]
-    <t>Oman</t>
+    <t>&lt;a href="/node/10773" hreflang="en"&gt;National workshop on SPS-TBT &lt;/a&gt;</t>
   </si>
   <si>
     <t>Muscat</t>
   </si>
   <si>
     <t>05-04-2026</t>
   </si>
   <si>
     <t>Tue, 04/07/2026 - 00:00</t>
   </si>
   <si>
-    <t>National</t>
+    <t>&lt;a href="/node/10772" hreflang="en"&gt;National Workshop on the Accession of Azerbaijan &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Azerbaijan</t>
+  </si>
+  <si>
+    <t>Baku</t>
+  </si>
+  <si>
+    <t>11-02-2026</t>
+  </si>
+  <si>
+    <t>Thu, 02/12/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Government Procurement</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10757" hreflang="en"&gt;Advanced Global Workshop on the Agreement on Government Procurement (GPA) 2012&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Fri, 04/24/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10756" hreflang="en"&gt;National Workshop on Transparency Mechanisms and Notifications&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Kazakhstan</t>
+  </si>
+  <si>
+    <t>Astana</t>
+  </si>
+  <si>
+    <t>Thu, 02/26/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>ITTC officer</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10755" hreflang="en"&gt;WTO Virtual Trainings on the TRIPS Agreement and Bangladesh&amp;#039;s LDC Graduation&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>02-03-2026</t>
+  </si>
+  <si>
+    <t>Mon, 03/16/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Virtual workshop - National</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
-    <t>Accession</t>
-[...101 lines deleted...]
-    <t>&lt;a href="/node/10749" hreflang="en"&gt;Group Coordinators Support Programme (GCSP) - Assistance to the Group coordinator in fulfilling the coordination-related activities&lt;/a&gt;</t>
+    <t>&lt;a href="/node/10591" hreflang="en"&gt;Netherlands Talent Programme (NTP)&lt;/a&gt;</t>
   </si>
   <si>
     <t>WTO, Geneva</t>
   </si>
   <si>
-    <t>12-01-2026</t>
-[...61 lines deleted...]
-  <si>
     <t>Fri, 12/11/2026 - 00:00</t>
   </si>
   <si>
     <t>Netherlands Talent Programme</t>
   </si>
   <si>
     <t>&lt;a href="/node/10590" hreflang="en"&gt;French-Irish Mission Programme (FIMiP)&lt;/a&gt;</t>
   </si>
   <si>
     <t>French Irish Mission Programme</t>
   </si>
   <si>
     <t>Trade in Services</t>
   </si>
   <si>
     <t>&lt;a href="/node/10557" hreflang="en"&gt;Regional workshop for French-speaking African countries on Trade in Services and Digital Trade. &lt;/a&gt;</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
     <t>Cotonou</t>
   </si>
   <si>
     <t>13-04-2026</t>
   </si>
   <si>
     <t>Fri, 04/17/2026 - 00:00</t>
   </si>
   <si>
     <t>Regional course/Workshop</t>
   </si>
   <si>
-    <t>&lt;a href="/node/10514" hreflang="en"&gt;WTO NATIONAL SEMINAR ON TRADE IN SERVICES&lt;/a&gt;</t>
+    <t>&lt;a href="/node/10514" hreflang="en"&gt;WTO national workshop on Trade in Services&lt;/a&gt;</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Amman</t>
   </si>
   <si>
     <t>15-02-2026</t>
   </si>
   <si>
     <t>Wed, 02/18/2026 - 00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -629,66 +641,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H16"/>
+  <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H16"/>
+      <selection activeCell="A1" sqref="A1:H17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="202.808" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="181.527" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -719,390 +731,416 @@
       </c>
       <c r="H2" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="E5" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="D5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>33</v>
-      </c>
-[...7 lines deleted...]
-        <v>36</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="G6" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="C6" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H6" s="1" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="F7" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="C7" s="1" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="G7" s="1" t="s">
-        <v>48</v>
+        <v>14</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E8" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="F8" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="C8" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G8" s="1" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B9" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="C9" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G9" s="1" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="B10" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E10" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="C10" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F10" s="1" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>62</v>
+        <v>18</v>
       </c>
       <c r="D11" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="F11" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="E11" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G11" s="1" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>66</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="B12" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="G12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>68</v>
-      </c>
-[...13 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="B13" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D13" s="1"/>
+      <c r="E13" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="F13" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="C13" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F13" s="1" t="s">
+      <c r="G13" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="G13" s="1" t="s">
+      <c r="H13" s="1" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>75</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>51</v>
+        <v>76</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>46</v>
+        <v>71</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="F15" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="B15" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D15" s="1" t="s">
+      <c r="G15" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="E15" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H15" s="1" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="B16" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="E16" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="D16" s="1" t="s">
+      <c r="F16" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="E16" s="1" t="s">
+      <c r="G16" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="F16" s="1" t="s">
+      <c r="H16" s="1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="G16" s="1" t="s">
+      <c r="C17" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="G17" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="H16" s="1" t="s">
-        <v>22</v>
+      <c r="H17" s="1" t="s">
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>