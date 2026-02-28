--- v5 (2026-02-08)
+++ v6 (2026-02-28)
@@ -12,329 +12,500 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
   <si>
     <t>Trade Topic</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Host Country</t>
   </si>
   <si>
     <t>Venue</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>End Date</t>
   </si>
   <si>
     <t>Activity Type</t>
   </si>
   <si>
     <t>eAR Status</t>
   </si>
   <si>
+    <t>Agriculture</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10816" hreflang="en"&gt;45th Round of Consultations on Cotton Development Assistance&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>WTO, Geneva</t>
+  </si>
+  <si>
+    <t>04-05-2026</t>
+  </si>
+  <si>
+    <t>Mon, 05/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Regional course/Workshop</t>
+  </si>
+  <si>
+    <t>Coordinator</t>
+  </si>
+  <si>
     <t>Transparency</t>
   </si>
   <si>
+    <t>&lt;a href="/node/10815" hreflang="en"&gt;WORLD TRADE ORGANIZATION NATIONAL NOTIFICATION WORKSHOP&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Timor-Leste</t>
+  </si>
+  <si>
+    <t>Dili</t>
+  </si>
+  <si>
+    <t>08-06-2026</t>
+  </si>
+  <si>
+    <t>Thu, 06/11/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>National</t>
+  </si>
+  <si>
+    <t>Ittc Officer</t>
+  </si>
+  <si>
+    <t>Standards (SPS, TBT)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10813" hreflang="en"&gt;WTO NATIONAL WORKSHOP ON THE &lt;br /&gt;
+AGREEMENT ON THE APPLICATION OF SANITARY AND PHYTOSANITARY (SPS) MEASURES AND THE TECHNICAL BARRIERS TO TRADE (TBT) AGREEMENT&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>27-05-2026</t>
+  </si>
+  <si>
+    <t>Fri, 05/29/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Division</t>
+  </si>
+  <si>
+    <t>Sanitary and phytosanitary measures (SPS)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10812" hreflang="en"&gt;SPS Committee Thematic Workshop on Transparency &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>WTO</t>
+  </si>
+  <si>
+    <t>22-06-2026</t>
+  </si>
+  <si>
+    <t>Tue, 06/23/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Thematic course/Workshop</t>
+  </si>
+  <si>
+    <t>ITTC officer</t>
+  </si>
+  <si>
+    <t>Dispute Settlement</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10811" hreflang="en"&gt;National workshop on dispute settlement&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>Lima</t>
+  </si>
+  <si>
+    <t>23-03-2026</t>
+  </si>
+  <si>
+    <t>Tue, 03/24/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Approved</t>
+  </si>
+  <si>
+    <t>Multi topic</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10809" hreflang="en"&gt;REGIONAL WORKSHOP FOR THE WEST AFRICAN ECONOMIC AND MONETARY UNION (WAEMU) IN PREPARATION FOR THE 14TH WTO MINISTERIAL CONFERENCE&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Burkina Faso</t>
+  </si>
+  <si>
+    <t>03-03-2026</t>
+  </si>
+  <si>
+    <t>Wed, 03/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Virtual workshop - Regional</t>
+  </si>
+  <si>
+    <t>Fisheries Subsidies</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10808" hreflang="en"&gt;WTO Workshop on Fisheries Subsidies for LDC Members&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>01-06-2026</t>
+  </si>
+  <si>
+    <t>Thu, 06/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10807" hreflang="en"&gt;Joint IRIC /OBREAL Global Observatory Academic Conference ahead of the 14th WTO Ministerial Conference&lt;br /&gt;
+&lt;br /&gt;
+&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Cameroon</t>
+  </si>
+  <si>
+    <t>Yaoundé</t>
+  </si>
+  <si>
+    <t>19-03-2026</t>
+  </si>
+  <si>
+    <t>Fri, 03/20/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>TA by partners – Global</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10805" hreflang="en"&gt;Course on Essentials for SPS Committee Participation &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>01-10-2026</t>
+  </si>
+  <si>
+    <t>Thu, 11/19/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Logistics</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10804" hreflang="en"&gt;Key elements for participating in the SPS Committee&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Virtual workshop - National</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10800" hreflang="en"&gt;National Workshop on the WTO Agreement on Agriculture and Agriculture Negotiations&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
+    <t>Abuja</t>
+  </si>
+  <si>
+    <t>Fri, 06/26/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Trade remedies</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10798" hreflang="en"&gt;National Workshop on Trade Remedies&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Georgia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tbilisi/Virtual </t>
+  </si>
+  <si>
+    <t>16-03-2026</t>
+  </si>
+  <si>
+    <t>Tue, 03/17/2026 - 00:00</t>
+  </si>
+  <si>
     <t>&lt;a href="/node/10795" hreflang="en"&gt;National workshop on the follow up of the trade policy review of Burundi and notification requirements&lt;/a&gt;</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
     <t>Bujumbura</t>
   </si>
   <si>
-    <t>24-02-2026</t>
-[...11 lines deleted...]
-    <t>Multi topic</t>
+    <t>09-03-2026</t>
+  </si>
+  <si>
+    <t>Fri, 03/13/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10794" hreflang="en"&gt;National Workshop on WTO Notifications&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Tanzania</t>
+  </si>
+  <si>
+    <t>Dodoma, Tanzania</t>
+  </si>
+  <si>
+    <t>21-04-2026</t>
+  </si>
+  <si>
+    <t>Fri, 04/24/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10792" hreflang="en"&gt;WTO Chairs Programme Annual Conference&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Geneva</t>
+  </si>
+  <si>
+    <t>01-07-2026</t>
+  </si>
+  <si>
+    <t>Fri, 07/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Global</t>
   </si>
   <si>
     <t>&lt;a href="/node/10789" hreflang="en"&gt;8th South-South Dialogue on Trade and Development&lt;/a&gt;</t>
   </si>
   <si>
-    <t>Switzerland</t>
-[...4 lines deleted...]
-  <si>
     <t>06-03-2026</t>
   </si>
   <si>
     <t>Fri, 03/06/2026 - 00:00</t>
   </si>
   <si>
-    <t>Global</t>
-[...1 lines deleted...]
-  <si>
     <t>Trade Negotiations Skills</t>
   </si>
   <si>
     <t>&lt;a href="/node/10787" hreflang="en"&gt;NATIONAL WORKSHOP ON TRADE NEGOTIATION SKILLS&lt;/a&gt;</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
     <t xml:space="preserve">Muscat </t>
   </si>
   <si>
     <t>19-04-2026</t>
   </si>
   <si>
     <t>Wed, 04/22/2026 - 00:00</t>
   </si>
   <si>
     <t>&lt;a href="/node/10783" hreflang="en"&gt;WTO Introductory Trade Policy Course for LDCs&lt;/a&gt;</t>
   </si>
   <si>
-    <t>WTO</t>
-[...1 lines deleted...]
-  <si>
     <t>20-04-2026</t>
   </si>
   <si>
     <t>Fri, 05/08/2026 - 00:00</t>
   </si>
   <si>
     <t>Other global activity</t>
   </si>
   <si>
     <t>Trade-Related Intellectual Property Rights (TRIPS)</t>
   </si>
   <si>
     <t>&lt;a href="/node/10782" hreflang="en"&gt;Workshop on the implementation of Article 66.2 of the TRIPS Agreement: Incentives for Technology Transfer to LDCs&lt;/a&gt;</t>
   </si>
   <si>
-    <t>21-04-2026</t>
-[...1 lines deleted...]
-  <si>
     <t>Thu, 04/23/2026 - 00:00</t>
   </si>
   <si>
-    <t>Thematic course/Workshop</t>
-[...1 lines deleted...]
-  <si>
     <t>Other issues</t>
   </si>
   <si>
     <t>&lt;a href="/node/10781" hreflang="en"&gt;IFC-WTO Trade Finance Workshop - Capacity Building for Banks and SMEs&lt;/a&gt;</t>
   </si>
   <si>
-    <t>Tanzania</t>
-[...1 lines deleted...]
-  <si>
     <t>Dar es Salaam</t>
   </si>
   <si>
     <t>11-06-2026</t>
   </si>
   <si>
     <t>Fri, 06/12/2026 - 00:00</t>
   </si>
   <si>
     <t>Accession</t>
   </si>
   <si>
     <t>&lt;a href="/node/10780" hreflang="en"&gt;14th China Round Table on WTO Accessions - The Value of WTO Accession in the Multilateral Trading System&lt;/a&gt;</t>
   </si>
   <si>
-    <t>Cameroon</t>
-[...1 lines deleted...]
-  <si>
     <t>Yaoundé, Cameroon</t>
   </si>
   <si>
     <t>25-03-2026</t>
   </si>
   <si>
     <t>Wed, 03/25/2026 - 00:00</t>
   </si>
   <si>
-    <t>Standards (SPS, TBT)</t>
+    <t>&lt;a href="/node/10775" hreflang="en"&gt;Workshop on the Agreement on Trade-Related Aspects of Intellectual Property Rights (TRIPS) with a focus on LDC Graduation and Trade and Public Health Issues&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Dhaka</t>
+  </si>
+  <si>
+    <t>Thu, 05/07/2026 - 00:00</t>
   </si>
   <si>
     <t>&lt;a href="/node/10773" hreflang="en"&gt;National workshop on SPS-TBT &lt;/a&gt;</t>
   </si>
   <si>
     <t>Muscat</t>
   </si>
   <si>
     <t>05-04-2026</t>
   </si>
   <si>
     <t>Tue, 04/07/2026 - 00:00</t>
   </si>
   <si>
-    <t>&lt;a href="/node/10772" hreflang="en"&gt;National Workshop on the Accession of Azerbaijan &lt;/a&gt;</t>
-[...13 lines deleted...]
-  <si>
     <t>Government Procurement</t>
   </si>
   <si>
     <t>&lt;a href="/node/10757" hreflang="en"&gt;Advanced Global Workshop on the Agreement on Government Procurement (GPA) 2012&lt;/a&gt;</t>
   </si>
   <si>
-    <t>Fri, 04/24/2026 - 00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>&lt;a href="/node/10756" hreflang="en"&gt;National Workshop on Transparency Mechanisms and Notifications&lt;/a&gt;</t>
   </si>
   <si>
     <t>Kazakhstan</t>
   </si>
   <si>
     <t>Astana</t>
   </si>
   <si>
-    <t>Thu, 02/26/2026 - 00:00</t>
-[...2 lines deleted...]
-    <t>ITTC officer</t>
+    <t>08-04-2026</t>
+  </si>
+  <si>
+    <t>Fri, 04/10/2026 - 00:00</t>
   </si>
   <si>
     <t>&lt;a href="/node/10755" hreflang="en"&gt;WTO Virtual Trainings on the TRIPS Agreement and Bangladesh&amp;#039;s LDC Graduation&lt;/a&gt;</t>
   </si>
   <si>
-    <t>Bangladesh</t>
-[...1 lines deleted...]
-  <si>
     <t>02-03-2026</t>
   </si>
   <si>
     <t>Mon, 03/16/2026 - 00:00</t>
   </si>
   <si>
-    <t>Virtual workshop - National</t>
-[...2 lines deleted...]
-    <t>Division</t>
+    <t>&lt;a href="/node/10645" hreflang="en"&gt;National Workshop on WTO Notification Requirements&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Dhaka (TBC)</t>
+  </si>
+  <si>
+    <t>27-04-2026</t>
+  </si>
+  <si>
+    <t>Thu, 04/30/2026 - 00:00</t>
   </si>
   <si>
     <t>&lt;a href="/node/10591" hreflang="en"&gt;Netherlands Talent Programme (NTP)&lt;/a&gt;</t>
   </si>
   <si>
-    <t>WTO, Geneva</t>
-[...1 lines deleted...]
-  <si>
     <t>Fri, 12/11/2026 - 00:00</t>
   </si>
   <si>
     <t>Netherlands Talent Programme</t>
   </si>
   <si>
     <t>&lt;a href="/node/10590" hreflang="en"&gt;French-Irish Mission Programme (FIMiP)&lt;/a&gt;</t>
   </si>
   <si>
     <t>French Irish Mission Programme</t>
   </si>
   <si>
     <t>Trade in Services</t>
   </si>
   <si>
     <t>&lt;a href="/node/10557" hreflang="en"&gt;Regional workshop for French-speaking African countries on Trade in Services and Digital Trade. &lt;/a&gt;</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
     <t>Cotonou</t>
   </si>
   <si>
     <t>13-04-2026</t>
   </si>
   <si>
     <t>Fri, 04/17/2026 - 00:00</t>
-  </si>
-[...16 lines deleted...]
-    <t>Wed, 02/18/2026 - 00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -641,60 +812,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H17"/>
+  <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H17"/>
+      <selection activeCell="A1" sqref="A1:H31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="232.229" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
@@ -734,413 +905,773 @@
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="D4" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="1" t="s">
+      <c r="F4" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="1" t="s">
+      <c r="G4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4" s="1" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="D7" s="1"/>
       <c r="E7" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>25</v>
+        <v>54</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>14</v>
+        <v>58</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>58</v>
+        <v>31</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>15</v>
+        <v>62</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D11" s="1"/>
+      <c r="E11" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="F11" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G11" s="1" t="s">
-        <v>38</v>
+        <v>64</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="D13" s="1"/>
+        <v>71</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>72</v>
+      </c>
       <c r="E13" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>73</v>
+        <v>22</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>75</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>18</v>
+        <v>76</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>81</v>
+        <v>43</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>83</v>
+        <v>10</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>81</v>
+        <v>43</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>91</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>92</v>
       </c>
       <c r="G17" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="H17" s="1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18" s="1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="H19" s="1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="H20" s="1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21" s="1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="H22" s="1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23" s="1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24" s="1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="H25" s="1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26" s="1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D27" s="1"/>
+      <c r="E27" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H27" s="1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28" s="1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H29" s="1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="H30" s="1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="G31" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="H17" s="1" t="s">
-        <v>15</v>
+      <c r="H31" s="1" t="s">
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>