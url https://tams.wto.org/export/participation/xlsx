--- v6 (2026-02-28)
+++ v7 (2026-03-21)
@@ -12,488 +12,473 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <t>Trade Topic</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Host Country</t>
   </si>
   <si>
     <t>Venue</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>End Date</t>
   </si>
   <si>
     <t>Activity Type</t>
   </si>
   <si>
     <t>eAR Status</t>
   </si>
   <si>
-    <t>Agriculture</t>
-[...135 lines deleted...]
-    <t>&lt;a href="/node/10807" hreflang="en"&gt;Joint IRIC /OBREAL Global Observatory Academic Conference ahead of the 14th WTO Ministerial Conference&lt;br /&gt;
+    <t>Rules of Origin</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10837" hreflang="en"&gt;WTO/IMF-CEF Regional Workshop on Trade Remedies for Arab and Middle East Countries&lt;br /&gt;
 &lt;br /&gt;
 &lt;/a&gt;</t>
   </si>
   <si>
+    <t>Kuwait, the State of</t>
+  </si>
+  <si>
+    <t>IMF-CEF Center,  Kuwait City</t>
+  </si>
+  <si>
+    <t>22-11-2026</t>
+  </si>
+  <si>
+    <t>Thu, 11/26/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Regional course/Workshop</t>
+  </si>
+  <si>
+    <t>Coordinator</t>
+  </si>
+  <si>
+    <t>Government Procurement</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10832" hreflang="en"&gt;WTO Workshop on Competition Policy, Trade and Development&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>WTO</t>
+  </si>
+  <si>
+    <t>14-07-2026</t>
+  </si>
+  <si>
+    <t>Thu, 07/16/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Thematic course/Workshop</t>
+  </si>
+  <si>
+    <t>Division</t>
+  </si>
+  <si>
+    <t>Trade in Services</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10831" hreflang="en"&gt;National Workshop on Trade in Service and Digital Trade&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Saint Kitts and Nevis</t>
+  </si>
+  <si>
+    <t>Basseterre</t>
+  </si>
+  <si>
+    <t>12-10-2026</t>
+  </si>
+  <si>
+    <t>Thu, 10/15/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>National</t>
+  </si>
+  <si>
+    <t>Trade remedies</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10830" hreflang="en"&gt;National Workshop on Trade Remedies&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Paraguay</t>
+  </si>
+  <si>
+    <t>Asunción</t>
+  </si>
+  <si>
+    <t>20-07-2026</t>
+  </si>
+  <si>
+    <t>Wed, 07/22/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Trade-Related Intellectual Property Rights (TRIPS)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10828" hreflang="en"&gt;NATIONAL WORKSHOP ON COPYRIGHT AND RELATED RIGHTS: WTO FRAMEWORK (TRIPS) AND WIPO TREATIES &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Comoros</t>
+  </si>
+  <si>
+    <t>23-03-2026</t>
+  </si>
+  <si>
+    <t>Mon, 03/23/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Virtual workshop - National</t>
+  </si>
+  <si>
+    <t>Approved</t>
+  </si>
+  <si>
+    <t>Trade Negotiations Skills</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10818" hreflang="en"&gt;National WTO Workshop on Negotiation Theory and Techniques&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Ecuador</t>
+  </si>
+  <si>
+    <t>Quito</t>
+  </si>
+  <si>
+    <t>Thu, 07/23/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Ittc Officer</t>
+  </si>
+  <si>
+    <t>Agriculture</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10816" hreflang="en"&gt;45th Round of Consultations on Cotton Development Assistance&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>WTO, Geneva</t>
+  </si>
+  <si>
+    <t>04-05-2026</t>
+  </si>
+  <si>
+    <t>Mon, 05/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Transparency</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10815" hreflang="en"&gt;National Workshop on Notifications&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Timor-Leste</t>
+  </si>
+  <si>
+    <t>Dili</t>
+  </si>
+  <si>
+    <t>08-06-2026</t>
+  </si>
+  <si>
+    <t>Thu, 06/11/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Standards (SPS, TBT)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10813" hreflang="en"&gt;Workshop on the Agreement on the Application of Sanitary and Phytosanitary (SPS) Measures and the Technical Barriers to Trade (TBT) Agreement&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>27-05-2026</t>
+  </si>
+  <si>
+    <t>Fri, 05/29/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Sanitary and phytosanitary measures (SPS)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10812" hreflang="en"&gt;SPS Committee Thematic Workshop on Transparency &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>22-06-2026</t>
+  </si>
+  <si>
+    <t>Tue, 06/23/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Dispute Settlement</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10811" hreflang="en"&gt;National workshop on dispute settlement&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>Lima</t>
+  </si>
+  <si>
+    <t>Tue, 03/24/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Fisheries Subsidies</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10808" hreflang="en"&gt;WTO Workshop on Fisheries Subsidies for LDC Members&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>15-06-2026</t>
+  </si>
+  <si>
+    <t>Thu, 06/18/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Logistics</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10805" hreflang="en"&gt;Course on Essentials for SPS Committee Participation &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>01-10-2026</t>
+  </si>
+  <si>
+    <t>Thu, 11/19/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10804" hreflang="en"&gt;Key elements for participating in the SPS Committee&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10800" hreflang="en"&gt;National Workshop on the WTO Agreement on Agriculture and Agriculture Negotiations&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
+    <t>Abuja</t>
+  </si>
+  <si>
+    <t>Fri, 06/26/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10794" hreflang="en"&gt;National Workshop on WTO Notifications&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Tanzania</t>
+  </si>
+  <si>
+    <t>Dodoma, Tanzania</t>
+  </si>
+  <si>
+    <t>21-04-2026</t>
+  </si>
+  <si>
+    <t>Fri, 04/24/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Multi topic</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10792" hreflang="en"&gt;WTO Chairs Programme Annual Conference&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Geneva</t>
+  </si>
+  <si>
+    <t>01-07-2026</t>
+  </si>
+  <si>
+    <t>Fri, 07/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Global</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10787" hreflang="en"&gt;NATIONAL WORKSHOP ON TRADE NEGOTIATION SKILLS&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Oman</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Muscat </t>
+  </si>
+  <si>
+    <t>19-04-2026</t>
+  </si>
+  <si>
+    <t>Wed, 04/22/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>ITTC officer</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10783" hreflang="en"&gt;WTO Introductory Trade Policy Course for LDCs&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>20-04-2026</t>
+  </si>
+  <si>
+    <t>Fri, 05/08/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Other global activity</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10782" hreflang="en"&gt;Workshop on the implementation of Article 66.2 of the TRIPS Agreement: Incentives for Technology Transfer to LDCs&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Thu, 04/23/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Other issues</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10781" hreflang="en"&gt;IFC-WTO Trade Finance Workshop - Capacity Building for Banks and SMEs&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Dar es Salaam</t>
+  </si>
+  <si>
+    <t>11-06-2026</t>
+  </si>
+  <si>
+    <t>Fri, 06/12/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Accession</t>
+  </si>
+  <si>
+    <t>&lt;a href="/node/10780" hreflang="en"&gt;14th China Round Table on WTO Accessions - The Value of WTO Accession in the Multilateral Trading System&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>Cameroon</t>
   </si>
   <si>
-    <t>Yaoundé</t>
-[...172 lines deleted...]
-  <si>
     <t>Yaoundé, Cameroon</t>
   </si>
   <si>
     <t>25-03-2026</t>
   </si>
   <si>
     <t>Wed, 03/25/2026 - 00:00</t>
   </si>
   <si>
     <t>&lt;a href="/node/10775" hreflang="en"&gt;Workshop on the Agreement on Trade-Related Aspects of Intellectual Property Rights (TRIPS) with a focus on LDC Graduation and Trade and Public Health Issues&lt;/a&gt;</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Dhaka</t>
   </si>
   <si>
     <t>Thu, 05/07/2026 - 00:00</t>
   </si>
   <si>
     <t>&lt;a href="/node/10773" hreflang="en"&gt;National workshop on SPS-TBT &lt;/a&gt;</t>
   </si>
   <si>
     <t>Muscat</t>
   </si>
   <si>
     <t>05-04-2026</t>
   </si>
   <si>
     <t>Tue, 04/07/2026 - 00:00</t>
   </si>
   <si>
-    <t>Government Procurement</t>
-[...1 lines deleted...]
-  <si>
     <t>&lt;a href="/node/10757" hreflang="en"&gt;Advanced Global Workshop on the Agreement on Government Procurement (GPA) 2012&lt;/a&gt;</t>
   </si>
   <si>
     <t>&lt;a href="/node/10756" hreflang="en"&gt;National Workshop on Transparency Mechanisms and Notifications&lt;/a&gt;</t>
   </si>
   <si>
     <t>Kazakhstan</t>
   </si>
   <si>
     <t>Astana</t>
   </si>
   <si>
     <t>08-04-2026</t>
   </si>
   <si>
     <t>Fri, 04/10/2026 - 00:00</t>
   </si>
   <si>
-    <t>&lt;a href="/node/10755" hreflang="en"&gt;WTO Virtual Trainings on the TRIPS Agreement and Bangladesh&amp;#039;s LDC Graduation&lt;/a&gt;</t>
-[...7 lines deleted...]
-  <si>
     <t>&lt;a href="/node/10645" hreflang="en"&gt;National Workshop on WTO Notification Requirements&lt;/a&gt;</t>
   </si>
   <si>
     <t>Dhaka (TBC)</t>
   </si>
   <si>
     <t>27-04-2026</t>
   </si>
   <si>
     <t>Thu, 04/30/2026 - 00:00</t>
   </si>
   <si>
-    <t>&lt;a href="/node/10591" hreflang="en"&gt;Netherlands Talent Programme (NTP)&lt;/a&gt;</t>
-[...17 lines deleted...]
-    <t>&lt;a href="/node/10557" hreflang="en"&gt;Regional workshop for French-speaking African countries on Trade in Services and Digital Trade. &lt;/a&gt;</t>
+    <t>&lt;a href="/node/10557" hreflang="en"&gt;Regional workshop for French-speaking African countries on Trade in Services and Digital Trade. &lt;br /&gt;
+THIS WORKSHOP IS POSTPONED - NEW DATES WILL BE COMMUNICATED SHORTLY&lt;/a&gt;</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
     <t>Cotonou</t>
   </si>
   <si>
     <t>13-04-2026</t>
   </si>
   <si>
     <t>Fri, 04/17/2026 - 00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -812,65 +797,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H31"/>
+  <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H31"/>
+      <selection activeCell="A1" sqref="A1:H29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="232.229" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
@@ -916,762 +901,712 @@
       </c>
       <c r="D3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="G5" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H5" s="1" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D6" s="1" t="s">
         <v>39</v>
       </c>
+      <c r="D6" s="1"/>
       <c r="E6" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>41</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D7" s="1"/>
+        <v>46</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>47</v>
+      </c>
       <c r="E7" s="1" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>29</v>
+        <v>65</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D11" s="1"/>
+        <v>18</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>19</v>
+      </c>
       <c r="E11" s="1" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>8</v>
+        <v>69</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>42</v>
+        <v>78</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>16</v>
+        <v>65</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>76</v>
+        <v>18</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
-        <v>16</v>
+        <v>65</v>
       </c>
       <c r="B15" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" s="1"/>
+      <c r="E15" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="F15" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="D15" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G15" s="1" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="B16" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="C16" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D16" s="1" t="s">
+      <c r="E16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="F16" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="E16" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G16" s="1" t="s">
-        <v>89</v>
+        <v>30</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="B17" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E17" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="C17" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E17" s="1" t="s">
+      <c r="F17" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="F17" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G17" s="1" t="s">
-        <v>89</v>
+        <v>30</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B18" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="C18" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="E18" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="D18" s="1" t="s">
+      <c r="F18" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="E18" s="1" t="s">
+      <c r="G18" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="F18" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H18" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B19" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="C19" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="1" t="s">
-        <v>31</v>
+        <v>100</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>102</v>
+        <v>30</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>42</v>
+        <v>103</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>104</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>83</v>
+        <v>105</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>34</v>
+        <v>107</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1" t="s">
-        <v>106</v>
+        <v>37</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>108</v>
+        <v>19</v>
       </c>
       <c r="E21" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="F21" s="1" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B22" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="C22" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D22" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D22" s="1" t="s">
+      <c r="E22" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="E22" s="1" t="s">
+      <c r="F22" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="F22" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G22" s="1" t="s">
-        <v>89</v>
+        <v>30</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1" t="s">
-        <v>103</v>
+        <v>115</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>116</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>117</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>118</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>12</v>
+        <v>119</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>22</v>
+        <v>97</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>95</v>
+        <v>122</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>122</v>
+        <v>53</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1" t="s">
-        <v>124</v>
+        <v>61</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>125</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>10</v>
+        <v>99</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>31</v>
+        <v>126</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>100</v>
+        <v>127</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>84</v>
+        <v>128</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>42</v>
+        <v>103</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>127</v>
+        <v>18</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>128</v>
+        <v>19</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>129</v>
+        <v>105</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>130</v>
+        <v>91</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1" t="s">
-        <v>103</v>
+        <v>55</v>
       </c>
       <c r="B27" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="C27" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D27" s="1"/>
+      <c r="D27" s="1" t="s">
+        <v>132</v>
+      </c>
       <c r="E27" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>10</v>
+        <v>140</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>11</v>
+        <v>141</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>140</v>
+        <v>14</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>42</v>
-[...51 lines deleted...]
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>