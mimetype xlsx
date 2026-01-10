--- v0 (2025-11-08)
+++ v1 (2026-01-10)
@@ -12,458 +12,320 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>Trade Topic</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Host Country</t>
   </si>
   <si>
     <t>Venue</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>End Date</t>
   </si>
   <si>
     <t>Activity Type</t>
   </si>
   <si>
     <t>eAR Status</t>
   </si>
   <si>
+    <t>Normas (MSF, OTC)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10773" hreflang="es"&gt;OMÁN - Taller nacional sobre SPS-TBT&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Oman</t>
+  </si>
+  <si>
+    <t>Muscat</t>
+  </si>
+  <si>
+    <t>05-04-2026</t>
+  </si>
+  <si>
+    <t>Mar, 04/07/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Nacional</t>
+  </si>
+  <si>
+    <t>Division</t>
+  </si>
+  <si>
     <t>Adhesiones</t>
   </si>
   <si>
-    <t>&lt;a href="/es/node/10708" hreflang="es"&gt;Taller nacional sobre la adhesión a la OMC &lt;/a&gt;</t>
-[...14 lines deleted...]
-    <t>Nacional</t>
+    <t>&lt;a href="/es/node/10772" hreflang="es"&gt;Taller nacional sobre la adhesion de Azerbaiyán &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Azerbaiyán</t>
+  </si>
+  <si>
+    <t>Baku</t>
+  </si>
+  <si>
+    <t>11-02-2026</t>
+  </si>
+  <si>
+    <t>Jue, 02/12/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Budget Section</t>
+  </si>
+  <si>
+    <t>Medidas comerciales correctivas</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10758" hreflang="es"&gt;Taller Nacional sobre Medidas de Defensa Comercial.&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Brasil</t>
+  </si>
+  <si>
+    <t>Brasilia</t>
+  </si>
+  <si>
+    <t>19-01-2026</t>
+  </si>
+  <si>
+    <t>Mié, 01/21/2026 - 00:00</t>
   </si>
   <si>
     <t>Approved</t>
   </si>
   <si>
+    <t>Derechos de Propiedad Intelectual relacionados con el Comercio (ADPIC)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10755" hreflang="es"&gt;Cursos virtuales de la OMC sobre el Acuerdo sobre los ADPIC y la  pérdida de la condición de PMA de Bangladesh&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>02-03-2026</t>
+  </si>
+  <si>
+    <t>Lun, 03/16/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Taller virtual - Nacional</t>
+  </si>
+  <si>
+    <t>Transparencia</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10756" hreflang="es"&gt;Taller nacional sobre mecanismos de transparencia y notificaciones&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Kazajstán</t>
+  </si>
+  <si>
+    <t>Astana</t>
+  </si>
+  <si>
+    <t>24-02-2026</t>
+  </si>
+  <si>
+    <t>Jue, 02/26/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Contratación pública</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10757" hreflang="es"&gt;Taller mundial avanzado sobre el Acuerdo de Contratación Pública (ACP) 2012&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Suiza</t>
+  </si>
+  <si>
+    <t>WTO</t>
+  </si>
+  <si>
+    <t>20-04-2026</t>
+  </si>
+  <si>
+    <t>Vie, 04/24/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Curso temático</t>
+  </si>
+  <si>
     <t>Multi tema</t>
   </si>
   <si>
+    <t>&lt;a href="/es/node/10749" hreflang="es"&gt;El Programa de Pasantías de los Coordinadores Regionales de la OMC (GCSP) - Asistencia al coordinador del grupo en la realización de actividades relacionadas con la coordinación&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>WTO, Geneva</t>
+  </si>
+  <si>
+    <t>12-01-2026</t>
+  </si>
+  <si>
+    <t>Vie, 12/18/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Programa de Pasantías de los Coordinadores Regionales</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10700" hreflang="es"&gt;Taller nacional sobre medidas comerciales correctivas de la OMC&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Sri Lanka</t>
+  </si>
+  <si>
+    <t>Colombo</t>
+  </si>
+  <si>
+    <t>27-01-2026</t>
+  </si>
+  <si>
+    <t>Jue, 01/29/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>TAME(1)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10732" hreflang="es"&gt;Programa de Pasantías Generales de China&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Geneva</t>
+  </si>
+  <si>
+    <t>02-02-2026</t>
+  </si>
+  <si>
+    <t>General Internship Programme</t>
+  </si>
+  <si>
     <t>&lt;a href="/es/node/10707" hreflang="es"&gt;El Programa de Jóvenes Profesionales (YPP)&lt;/a&gt;</t>
   </si>
   <si>
-    <t>Suiza</t>
-[...10 lines deleted...]
-  <si>
     <t>Programa para Jóvenes Profesionales</t>
   </si>
   <si>
-    <t>Solución de Diferencias</t>
-[...131 lines deleted...]
-    <t>19-11-2025</t>
+    <t>&lt;a href="/es/node/10652" hreflang="es"&gt;Sexto Diálogo sobre Política Comercial entre Singapur y la OMC sobre el Sistema Mundial de Comercio&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Singapur</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>13-01-2026</t>
+  </si>
+  <si>
+    <t>Jue, 01/15/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Global</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10591" hreflang="es"&gt;Programa para Talentos de los Países Bajos (NTP)&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Vie, 12/11/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Programa para Talentos de los Países Bajos</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10590" hreflang="es"&gt;Programa Francia e Irlanda para las misiones (FIMiP)&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Programa Francia e Irlanda para las misiones</t>
+  </si>
+  <si>
+    <t>Comercio de servicios</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10557" hreflang="es"&gt;Taller regional para países africanos francófonos sobre comercio de servicios y comercio digital. &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Benin</t>
+  </si>
+  <si>
+    <t>Cotonou</t>
+  </si>
+  <si>
+    <t>13-04-2026</t>
+  </si>
+  <si>
+    <t>Vie, 04/17/2026 - 00:00</t>
   </si>
   <si>
     <t>Regional course/Workshop</t>
   </si>
   <si>
-    <t>Licencias de importación</t>
-[...197 lines deleted...]
-    <t>Jue, 12/04/2025 - 00:00</t>
+    <t>&lt;a href="/es/node/10514" hreflang="es"&gt;SEMINARIO NACIONAL DE LA OMC SOBRE EL COMERCIO DE SERVICIOS&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Jordania</t>
+  </si>
+  <si>
+    <t>Amman</t>
+  </si>
+  <si>
+    <t>15-02-2026</t>
+  </si>
+  <si>
+    <t>Mié, 02/18/2026 - 00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -770,65 +632,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H27"/>
+  <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H27"/>
+      <selection activeCell="A1" sqref="A1:H16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="83.694" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="275.933" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="260.651" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="52.987" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
@@ -860,674 +722,390 @@
       </c>
       <c r="H2" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" s="1" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D4" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>26</v>
+      </c>
       <c r="E4" s="1" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="D5" s="1"/>
       <c r="E5" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D9" s="1"/>
+        <v>56</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>57</v>
+      </c>
       <c r="E9" s="1" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G10" s="1" t="s">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>59</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>63</v>
+        <v>51</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>64</v>
+        <v>52</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>65</v>
+        <v>49</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>18</v>
+        <v>68</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>19</v>
+        <v>69</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>69</v>
+        <v>49</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>71</v>
+        <v>44</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>74</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>76</v>
+        <v>44</v>
       </c>
       <c r="D14" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="E14" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H14" s="1" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="B15" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="E15" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D15" s="1" t="s">
+      <c r="F15" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="E15" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F15" s="1" t="s">
+      <c r="G15" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="G15" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H15" s="1" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B16" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="C16" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="D16" s="1" t="s">
+      <c r="E16" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="E16" s="1" t="s">
+      <c r="F16" s="1" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>15</v>
-[...285 lines deleted...]
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>