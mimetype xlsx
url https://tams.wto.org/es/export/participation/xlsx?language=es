--- v1 (2026-01-10)
+++ v2 (2026-03-09)
@@ -12,320 +12,447 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>Trade Topic</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Host Country</t>
   </si>
   <si>
     <t>Venue</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>End Date</t>
   </si>
   <si>
     <t>Activity Type</t>
   </si>
   <si>
     <t>eAR Status</t>
   </si>
   <si>
+    <t>Licencias de importación</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10819" hreflang="es"&gt;Taller en línea sobre notificaciones en virtud del Acuerdo sobre procedimientos de concesión de licencias de importación para Sri Lanka&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Sri Lanka</t>
+  </si>
+  <si>
+    <t>10-03-2026</t>
+  </si>
+  <si>
+    <t>Mar, 03/10/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Taller virtual - Nacional</t>
+  </si>
+  <si>
+    <t>Division</t>
+  </si>
+  <si>
+    <t>Técnicas de negociación comercial</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10818" hreflang="es"&gt;Taller Nacional sobre Teoría y Técnicas de Negociación&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Ecuador</t>
+  </si>
+  <si>
+    <t>Quito</t>
+  </si>
+  <si>
+    <t>20-07-2026</t>
+  </si>
+  <si>
+    <t>Jue, 07/23/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Nacional</t>
+  </si>
+  <si>
+    <t>Ittc Officer</t>
+  </si>
+  <si>
+    <t>Transparencia</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10815" hreflang="es"&gt;TALLER NACIONAL DE NOTIFICACIÓN DE LA ORGANIZACIÓN MUNDIAL DEL COMERCIO&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Timor-Leste</t>
+  </si>
+  <si>
+    <t>Dili</t>
+  </si>
+  <si>
+    <t>08-06-2026</t>
+  </si>
+  <si>
+    <t>Jue, 06/11/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>TAME(1)</t>
+  </si>
+  <si>
+    <t>Agricultura</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10816" hreflang="es"&gt;45.ª Ronda de consultas sobre la ayuda al desarrollo en el sector del algodón&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Suiza</t>
+  </si>
+  <si>
+    <t>WTO, Geneva</t>
+  </si>
+  <si>
+    <t>04-05-2026</t>
+  </si>
+  <si>
+    <t>Lun, 05/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Regional course/Workshop</t>
+  </si>
+  <si>
+    <t>Approved</t>
+  </si>
+  <si>
     <t>Normas (MSF, OTC)</t>
   </si>
   <si>
-    <t>&lt;a href="/es/node/10773" hreflang="es"&gt;OMÁN - Taller nacional sobre SPS-TBT&lt;/a&gt;</t>
+    <t>&lt;a href="/es/node/10813" hreflang="es"&gt;Taller sobre el Acuerdo sobre la Aplicación de Medidas sanitarias y Fitosanitarias (MSF) y el Acuerdo sobre Obstáculos Técnicos al Comercio (OTC)&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>27-05-2026</t>
+  </si>
+  <si>
+    <t>Vie, 05/29/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10794" hreflang="es"&gt;Taller nacional sobre notificaciones de la OMC&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Tanzanía</t>
+  </si>
+  <si>
+    <t>Dodoma, Tanzania</t>
+  </si>
+  <si>
+    <t>21-04-2026</t>
+  </si>
+  <si>
+    <t>Vie, 04/24/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Medidas sanitarias y fitosanitarias (MSF)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10812" hreflang="es"&gt;Taller temático del Comité SPS sobre transparencia &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>WTO</t>
+  </si>
+  <si>
+    <t>22-06-2026</t>
+  </si>
+  <si>
+    <t>Mar, 06/23/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Curso temático</t>
+  </si>
+  <si>
+    <t>ITTC officer</t>
+  </si>
+  <si>
+    <t>Solución de Diferencias</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10811" hreflang="es"&gt;Taller nacional sobre solución de diferencias&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Perú</t>
+  </si>
+  <si>
+    <t>Lima</t>
+  </si>
+  <si>
+    <t>23-03-2026</t>
+  </si>
+  <si>
+    <t>Mar, 03/24/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Subvenciones a la pesca</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10808" hreflang="es"&gt;Taller de la OMC sobre subvenciones a la pesca para los Miembros menos adelantados&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>01-06-2026</t>
+  </si>
+  <si>
+    <t>Jue, 06/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Multi tema</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10807" hreflang="es"&gt;Conferencia académica conjunta IRIC / OBREAL Global Observatory, previa a la 14.ª Conferencia Ministerial de la OMC&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Camerún</t>
+  </si>
+  <si>
+    <t>Yaoundé</t>
+  </si>
+  <si>
+    <t>19-03-2026</t>
+  </si>
+  <si>
+    <t>Vie, 03/20/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>AT por otras instituciones - Global</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10805" hreflang="es"&gt;Curso sobre los Aspectos Esenciales para la Participación en el Comité MSF &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>01-10-2026</t>
+  </si>
+  <si>
+    <t>Jue, 11/19/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Derechos de Propiedad Intelectual relacionados con el Comercio (ADPIC)</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10775" hreflang="es"&gt;Taller sobre el Acuerdo sobre los aspectos de los derechos de propiedad intelectual relacionados con el comercio (ADPIC) con enfoque en la graduación de los países menos adelantados y las cuestiones relacionadas con el comercio y la salud pública&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Dhaka</t>
+  </si>
+  <si>
+    <t>Jue, 05/07/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10800" hreflang="es"&gt;Atelier national sur l&amp;#039;accord de l&amp;#039;OMC sur l&amp;#039;agriculture et les négociations agricoles&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
+    <t>Abuja</t>
+  </si>
+  <si>
+    <t>Vie, 06/26/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Medidas comerciales correctivas</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10798" hreflang="es"&gt;Taller Nacional sobre Medidas Comerciales Correctivas&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Georgia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tbilisi/Virtual </t>
+  </si>
+  <si>
+    <t>16-03-2026</t>
+  </si>
+  <si>
+    <t>Mar, 03/17/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10787" hreflang="es"&gt;TALLER NACIONAL SOBRE TÉCNICAS DE NEGOCIACIÓN COMERCIAL&lt;/a&gt;</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
+    <t xml:space="preserve">Muscat </t>
+  </si>
+  <si>
+    <t>19-04-2026</t>
+  </si>
+  <si>
+    <t>Mié, 04/22/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10783" hreflang="es"&gt;Curso introductorio de la OMC sobre política comercial para los PMA&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>20-04-2026</t>
+  </si>
+  <si>
+    <t>Vie, 05/08/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Other global activity</t>
+  </si>
+  <si>
+    <t>Otros asuntos</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10781" hreflang="es"&gt;Taller IFC-OMC sobre financiación del comercio: desarrollo de capacidades para bancos y pymes&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Dar es Salaam</t>
+  </si>
+  <si>
+    <t>11-06-2026</t>
+  </si>
+  <si>
+    <t>Vie, 06/12/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10782" hreflang="es"&gt;Taller sobre la aplicación del artículo 66.2 del ADPIC: Incentivos para la Transferencia de Technologia para los PMA&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Jue, 04/23/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Adhesiones</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10780" hreflang="es"&gt;14.ª Mesa Redonda de China sobre las adhesiones a la OMC: El valor de la adhesión a la OMC en el sistema multilateral de comercio&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Yaoundé, Cameroon</t>
+  </si>
+  <si>
+    <t>25-03-2026</t>
+  </si>
+  <si>
+    <t>Mié, 03/25/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Global</t>
+  </si>
+  <si>
+    <t>&lt;a href="/es/node/10773" hreflang="es"&gt;Taller nacional sobre SPS-TBT&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>Muscat</t>
   </si>
   <si>
     <t>05-04-2026</t>
   </si>
   <si>
     <t>Mar, 04/07/2026 - 00:00</t>
   </si>
   <si>
-    <t>Nacional</t>
-[...67 lines deleted...]
-  <si>
     <t>&lt;a href="/es/node/10756" hreflang="es"&gt;Taller nacional sobre mecanismos de transparencia y notificaciones&lt;/a&gt;</t>
   </si>
   <si>
     <t>Kazajstán</t>
   </si>
   <si>
     <t>Astana</t>
   </si>
   <si>
-    <t>24-02-2026</t>
-[...2 lines deleted...]
-    <t>Jue, 02/26/2026 - 00:00</t>
+    <t>08-04-2026</t>
+  </si>
+  <si>
+    <t>Vie, 04/10/2026 - 00:00</t>
   </si>
   <si>
     <t>Contratación pública</t>
   </si>
   <si>
     <t>&lt;a href="/es/node/10757" hreflang="es"&gt;Taller mundial avanzado sobre el Acuerdo de Contratación Pública (ACP) 2012&lt;/a&gt;</t>
   </si>
   <si>
-    <t>Suiza</t>
-[...98 lines deleted...]
-    <t>Programa Francia e Irlanda para las misiones</t>
+    <t>&lt;a href="/es/node/10645" hreflang="es"&gt;Taller nacional sobre los requisitos de notificación de la OMC&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>Dhaka (TBC)</t>
+  </si>
+  <si>
+    <t>27-04-2026</t>
+  </si>
+  <si>
+    <t>Jue, 04/30/2026 - 00:00</t>
   </si>
   <si>
     <t>Comercio de servicios</t>
   </si>
   <si>
-    <t>&lt;a href="/es/node/10557" hreflang="es"&gt;Taller regional para países africanos francófonos sobre comercio de servicios y comercio digital. &lt;/a&gt;</t>
+    <t>&lt;a href="/es/node/10557" hreflang="es"&gt;Taller regional para países africanos francófonos sobre comercio de servicios y comercio digital. &lt;br /&gt;
+ESTE TALLER SE POSPONE - SE COMUNICARÁN NUEVAS FECHAS EN BREVE&lt;/a&gt;</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
     <t>Cotonou</t>
   </si>
   <si>
     <t>13-04-2026</t>
   </si>
   <si>
     <t>Vie, 04/17/2026 - 00:00</t>
-  </si>
-[...16 lines deleted...]
-    <t>Mié, 02/18/2026 - 00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -632,480 +759,714 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H16"/>
+  <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H16"/>
+      <selection activeCell="A1" sqref="A1:H25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="83.694" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="260.651" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="342.059" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="63.556" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D2" s="1" t="s">
+      <c r="D2" s="1"/>
+      <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="E2" s="1" t="s">
+      <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="F2" s="1" t="s">
+      <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="G2" s="1" t="s">
+      <c r="H2" s="1" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="C3" s="1" t="s">
+      <c r="D3" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="D3" s="1" t="s">
+      <c r="E3" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="E3" s="1" t="s">
+      <c r="F3" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="F3" s="1" t="s">
+      <c r="G3" s="1" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="D5" s="1"/>
+      <c r="D5" s="1" t="s">
+        <v>33</v>
+      </c>
       <c r="E5" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>41</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="D7" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="D7" s="1" t="s">
+      <c r="E7" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="E7" s="1" t="s">
+      <c r="F7" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="F7" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G7" s="1" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="E8" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="C8" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D8" s="1" t="s">
+      <c r="F8" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="E8" s="1" t="s">
+      <c r="G8" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="F8" s="1" t="s">
+      <c r="H8" s="1" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>55</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>57</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>58</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>59</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>60</v>
+        <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>61</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="D10" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E10" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="E10" s="1" t="s">
+      <c r="F10" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="F10" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G10" s="1" t="s">
-        <v>64</v>
+        <v>52</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>51</v>
+        <v>67</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>52</v>
+        <v>68</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>53</v>
+        <v>69</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E12" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>72</v>
+        <v>52</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>49</v>
+        <v>74</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>44</v>
+        <v>76</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>51</v>
+        <v>77</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>51</v>
+        <v>81</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>77</v>
+        <v>21</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>84</v>
+        <v>21</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>22</v>
+        <v>37</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H17" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H18" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H19" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H20" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H21" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H22" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H23" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H24" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H25" s="1" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>